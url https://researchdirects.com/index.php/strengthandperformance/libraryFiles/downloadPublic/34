--- v0 (2025-10-09)
+++ v1 (2026-01-17)
@@ -58,95 +58,114 @@
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>, 2</w:t>
       </w:r>
       <w:r w:rsidR="00AC216B">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC216B">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> font, Garamond font)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F5489C" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00A77A5F" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Original Research, Direct Original</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Original Research, Direct Original Research, Case Study, Commentary, Review (PICK ONE)</w:t>
+        <w:t xml:space="preserve"> Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Short Review, Research Brief, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Case Study, Commentary, Review (PICK ONE)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36184D09" w14:textId="77777777" w:rsidR="00F64258" w:rsidRPr="00457859" w:rsidRDefault="00F64258" w:rsidP="00F64258">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D50340D" w14:textId="77777777" w:rsidR="00F64258" w:rsidRPr="007C0D35" w:rsidRDefault="00F64258" w:rsidP="00F64258">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C0D35">
@@ -279,108 +298,95 @@
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1248A2C9" w14:textId="045E8414" w:rsidR="007C0D35" w:rsidRDefault="007C0D35" w:rsidP="004A1A17">
       <w:pPr>
         <w:ind w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26FC0EE9" w14:textId="67991E26" w:rsidR="007C0D35" w:rsidRDefault="007C0D35" w:rsidP="00A736D0">
-[...12 lines deleted...]
-    <w:p w14:paraId="37D31E53" w14:textId="78268F03" w:rsidR="00C518C1" w:rsidRPr="00E86C7E" w:rsidRDefault="00521795" w:rsidP="00A736D0">
+    <w:p w14:paraId="37D31E53" w14:textId="3AA6068F" w:rsidR="00C518C1" w:rsidRPr="00E86C7E" w:rsidRDefault="004B4AB8" w:rsidP="00A736D0">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5915">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="228600" distR="228600" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE5D8DF" wp14:editId="51C4A878">
+              <wp:anchor distT="0" distB="0" distL="228600" distR="228600" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE5D8DF" wp14:editId="4B453031">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>0</wp:posOffset>
+                  <wp:posOffset>-2540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>2679700</wp:posOffset>
+                  <wp:posOffset>2463800</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1447800" cy="5183505"/>
+                <wp:extent cx="1447800" cy="5054600"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="50" name="Group 50"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1447800" cy="5183505"/>
+                          <a:ext cx="1447800" cy="5054600"/>
                           <a:chOff x="0" y="-427574"/>
                           <a:chExt cx="2894633" cy="9618596"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="51" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="190490" y="-427574"/>
                             <a:ext cx="2704143" cy="9618596"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
@@ -404,50 +410,51 @@
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:b/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="16"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="72164218" w14:textId="09EE7F21" w:rsidR="007B5CE0" w:rsidRPr="007B5CE0" w:rsidRDefault="007B5CE0" w:rsidP="007B5CE0">
                               <w:pPr>
                                 <w:ind w:left="-180"/>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="007B5CE0">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
+                                  <w:noProof/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:drawing>
                                   <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BC866A3" wp14:editId="4E05B3B8">
                                     <wp:extent cx="1214052" cy="386861"/>
                                     <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                                     <wp:docPr id="2108106769" name="Picture 5" descr="A black background with blue and green text&#10;&#10;Description automatically generated"/>
                                     <wp:cNvGraphicFramePr>
                                       <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                     </wp:cNvGraphicFramePr>
                                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                           <pic:nvPicPr>
                                             <pic:cNvPr id="2108106769" name="Picture 5" descr="A black background with blue and green text&#10;&#10;Description automatically generated"/>
                                             <pic:cNvPicPr>
                                               <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                             </pic:cNvPicPr>
                                           </pic:nvPicPr>
                                           <pic:blipFill>
                                             <a:blip r:embed="rId8">
                                               <a:extLst>
                                                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -471,51 +478,51 @@
                                             <a:noFill/>
                                             <a:ln>
                                               <a:noFill/>
                                             </a:ln>
                                           </pic:spPr>
                                         </pic:pic>
                                       </a:graphicData>
                                     </a:graphic>
                                   </wp:inline>
                                 </w:drawing>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="33435A04" w14:textId="77777777" w:rsidR="00521795" w:rsidRDefault="00521795" w:rsidP="008D31FD">
                               <w:pPr>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="7FFC9F09" w14:textId="7436C1B5" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
+                            <w:p w14:paraId="7FFC9F09" w14:textId="5532A409" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
                               <w:pPr>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>Published</w:t>
                               </w:r>
                               <w:r w:rsidR="004F2E78">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
@@ -543,60 +550,60 @@
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="007B5CE0">
+                              <w:r w:rsidR="004B4AB8">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:noProof/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>January 2, 2025</w:t>
+                                <w:t>December 1, 2025</w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="7272466C" w14:textId="64580F3D" w:rsidR="00DE65EA" w:rsidRPr="008D31FD" w:rsidRDefault="00DE65EA" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="025C7D60" w14:textId="6D81B725" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
@@ -1016,88 +1023,89 @@
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="365760" tIns="0" rIns="182880" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7CE5D8DF" id="Group 50" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:211pt;width:114pt;height:408.15pt;z-index:251659264;mso-wrap-distance-left:18pt;mso-wrap-distance-right:18pt;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page" coordorigin=",-4275" coordsize="28946,96185" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBYgu2gKgQAAHoOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV11v2zYUfR+w/0DovbE+bdmIU2TpEgwI&#10;2qBJ0Weaoj5QitRIOnL663dJirLluWmWDcUe6geZIi/Jy8N7zr06f7trGXqkUjWCr4PoLAwQ5UQU&#10;Da/WwaeH6zd5gJTGvMBMcLoOnqgK3l78+st5361oLGrBCioRLMLVqu/WQa11t5rNFKlpi9WZ6CiH&#10;wVLIFmt4ldWskLiH1Vs2i8NwPuuFLDopCFUKet+5weDCrl+WlOgPZamoRmwdgG/aPqV9bsxzdnGO&#10;V5XEXd2QwQ38Ci9a3HDYdFzqHdYYbWXzt6XahkihRKnPiGhnoiwbQu0Z4DRReHSaGym2nT1Lteqr&#10;boQJoD3C6dXLkvePN7K77+4kINF3FWBh38xZdqVszT94iXYWsqcRMrrTiEBnlKaLPARkCYxlUZ5k&#10;YeZAJTUgv5/3Jo0X2SL1Y78P8+N8mc6TxM1fzqM8W86NzcxvP5s41XcQJmqPhPp3SNzXuKMWYLUC&#10;JO4kagpzjABx3EK0Pphj/iZ2CLosPtbMoIX0Dvrh/L5fQecJ0KJlmC4BHkBngoDHL16EaZQ+c368&#10;6qTSN1S0yDTWgYSYtqGGH2+VdlB5E+MAF9cNY9CPV4yjfh3M4U7shHEEwGXcGFDLkGEZg607hW3p&#10;J0bdIh9pCbjYCDAdlpv0ikn0iIFVmBDKtcXBrgvWxqoEJ8aJURgm1oWjuUzHw2UP5nunxrnO96OJ&#10;003dMfzGgutxcttwIU/tXHzxHpfOHkLu4NimqXeb3XDpG1E8wZ1L4fRDdeS6gcu4xUrfYQmCATcM&#10;Iqg/wKNkAkAXQytAtZBfT/Ube4heGA1QDwK0DtSfWyxpgNgfHOI6yuM8N5Jl35ZANEMzORnbTN74&#10;tr0ScCMQvuChbZoZmvlmKUX7GfTy0uwMQ5gT2H8daN+80k4aQW8Jvby0RqBTHda3/L4jZmlzQybc&#10;HnafseyGmNQQzu+FZxNeHYWmszUzubjcalE2Nm4NyA7ZAXxgthGhH0Hx2FP8I9AJ84pRlHgqgxKM&#10;gugp4eXoSA1Pczqfx+Hy25L2jymtBGsKw2oDoZLVZiRflCTLuc1iwL2JmSP4MeVdjFupOoh2Iwcj&#10;ZeJTdPF8sw7UuKCO+1kIv4HBI0OteNsFjfVUB55b20nZjxYCNkrXN4Xgpex/js2Wv57MabaIRy4P&#10;I47Kw8hPJp+ohry8mMA9SNaQO12yvoM0hCvBkS0yBqvvEznOM+CrzdBRluSZlQFIjb5AmYdZnHk2&#10;LxZ55lOWL4988n1hfp6wdELmNMlzVyG9jMwH+dswreGcyvu66M2LcWpUiQ3D5MtA0wMr2GUsAHz6&#10;+ykN+8rmBdJgagRbM4514H8hFsk8W4CqD6l/VApfETipgO5XywTR8v+U8m2NDx84NnMMH2PmC+rw&#10;3Qbo/pPx4i8AAAD//wMAUEsDBBQABgAIAAAAIQD7OOgg3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9BS8NAEIXvgv9hmYI3u8lGJaTZlFLUUxFsBfG2TaZJaHY2ZLdJ+u8dT/b2hvd48718PdtO&#10;jDj41pGGeBmBQCpd1VKt4evw9piC8MFQZTpHqOGKHtbF/V1usspN9InjPtSCS8hnRkMTQp9J6csG&#10;rfFL1yOxd3KDNYHPoZbVYCYut51UUfQirWmJPzSmx22D5Xl/sRreJzNtkvh13J1P2+vP4fnjexej&#10;1g+LebMCEXAO/2H4w2d0KJjp6C5UedFp4CFBw5NSLNhWKmVx5JxK0gRkkcvbBcUvAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAFiC7aAqBAAAeg4AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPs46CDfAAAACQEAAA8AAAAAAAAAAAAAAAAAhAYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACQBwAAAAA=&#10;">
+              <v:group w14:anchorId="7CE5D8DF" id="Group 50" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.2pt;margin-top:194pt;width:114pt;height:398pt;z-index:251659264;mso-wrap-distance-left:18pt;mso-wrap-distance-right:18pt;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page" coordorigin=",-4275" coordsize="28946,96185" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmt0DCKAQAAHoOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV11v2zYUfR+w/0DovbG+LRtxiixdggFB&#10;GzQp+kxTlCyUIjWSjpz++l2Somx5bpplQ7GH5sHhxyV5eXjPuVfnb3ctQ49UqkbwVRCdhQGinIiy&#10;4fUq+PRw/aYIkNKYl5gJTlfBE1XB24tffznvuyWNxUawkkoEm3C17LtVsNG6W85mimxoi9WZ6CiH&#10;yUrIFmvoynpWStzD7i2bxWGYz3ohy04KQpWC0XduMriw+1cVJfpDVSmqEVsF4Ju2v9L+rs3v7OIc&#10;L2uJu01DBjfwK7xoccPh0HGrd1hjtJXN37ZqGyKFEpU+I6KdiapqCLV3gNtE4dFtbqTYdvYu9bKv&#10;uxEmgPYIp1dvS94/3sjuvruTgETf1YCF7Zm77CrZmv/gJdpZyJ5GyOhOIwKDUZrOixCQJTCXhVma&#10;Q8eCSjaA/H7dmzSeZ/PUz/0+rI+LRZoniVu/yKMiW+TGZuaPn02c6jsIE7VHQv07JO43uKMWYLUE&#10;JO4kakq4RhQgjluI1gdzzd/EDsGQxceaGbSQ3sE43N+PKxg8AVq0CNMFwAPoTBDw+MXzMI3SZ+6P&#10;l51U+oaKFpnGKpAQ0zbU8OOt0g4qb2Ic4OK6Ycw+AeOoXwV5koV2wTgD4DJubKllyLCNwdbdwrb0&#10;E6PGhvGPtAJcbASYActNesUkesTAKkwI5driYPcFa2NVgRPjwigME+vC0Vqm4+GxB/O9U+Na5/vR&#10;wumh7hr+YMH1uLhtuJCnTi6/eI8rZw8hd3Bt09S79W549LUon+DNpXD6oTpy3cBj3GKl77AEwYAX&#10;BhHUH+CnYgJAF0MrQBshv54aN/YQvTAboB4EaBWoP7dY0gCxPzjEdVTERWEky/YWQDRDMzmZW096&#10;fNteCXgRCF/w0DbNCs18s5Ki/Qx6eWlOhinMCZy/CrRvXmknjaC3hF5eWiPQqQ7rW37fEbO1eSET&#10;bg+7z1h2Q0xqCOf3wrMJL49C09malVxcbrWoGhu3BmSH7AA+MNuI0I+geOwp/hHohHnNKEo8lUEJ&#10;RkH0lPBydKSGpzld5HG4+Lak/WNKK8Ga0rDaQKhkvR7JFyXJIreCC9ybmDmCH1PexbiVqoNon5A8&#10;PkUXzzfrwAaX1HE/C+FvYPDIUCveVjWM9VQHntvbSdmPFgI2Stc3heCl7H+OzZa/nsxpNo9HLg8z&#10;jsrDzE8mn6iGvLyYwD1I1pA7XbK+gzSEa8GRLTIGq+8TOS4y4KvN0FGWFJmVAUiNvkDJwyzOPJvn&#10;8yLzKcuXRz75vjA/T1g6IXOaFIWrkF5G5oP8bZjWcE7l/absTcc4NarEmmHyZaDpgRWcMhYAPv39&#10;lIZ9ZfMCaTA1gq0ZxzrwvxCLJM/moOpD6h+VwlcETipg+NUyQbT8P6V8W+PDB47NHMPHmPmCOuzb&#10;AN1/Ml78BQAA//8DAFBLAwQUAAYACAAAACEA6bJfs+EAAAAKAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPQUvDQBCF74L/YRnBW7tJWmuI2ZRS1FMRbAXxts1Ok9DsbMhuk/TfO57scXgfb76XryfbigF7&#10;3zhSEM8jEEilMw1VCr4Ob7MUhA+ajG4doYIrelgX93e5zowb6ROHfagEl5DPtII6hC6T0pc1Wu3n&#10;rkPi7OR6qwOffSVNr0cut61MomglrW6IP9S6w22N5Xl/sQreRz1uFvHrsDufttefw9PH9y5GpR4f&#10;ps0LiIBT+IfhT5/VoWCno7uQ8aJVMFsyqGCRpjyJ8yR5XoE4MhinywhkkcvbCcUvAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAKa3QMIoBAAAeg4AAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOmyX7PhAAAACgEAAA8AAAAAAAAAAAAAAAAAggYAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACQBwAAAAA=&#10;">
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Text Box 51" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:1904;top:-4275;width:27042;height:96185;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAcJHzwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIXqRsVi02zShFErxpbenxkX5No9m2a3Zj4791CweMwM98wyaY3lbhR40rLCmbTCARx&#10;ZnXJuYJzuntZgXAeWWNlmRTcycFmPRwkGGvb8ZFuJ5+LAGEXo4LC+zqW0mUFGXRTWxMH78c2Bn2Q&#10;TS51g12Am0rOo+hVGiw5LBRY07ag7HpqjYJI/+4v7f1rItP52zeuPrlemoVS41H/8Q7CU++f4f/2&#10;QStYzuDvS/gBcv0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwHCR88MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox inset="14.4pt,1in,14.4pt,14.4pt">
                     <w:txbxContent>
                       <w:p w14:paraId="63674EC6" w14:textId="4F8DEA21" w:rsidR="00E86C7E" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:b/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="16"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="72164218" w14:textId="09EE7F21" w:rsidR="007B5CE0" w:rsidRPr="007B5CE0" w:rsidRDefault="007B5CE0" w:rsidP="007B5CE0">
                         <w:pPr>
                           <w:ind w:left="-180"/>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="007B5CE0">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
+                            <w:noProof/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:drawing>
                             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BC866A3" wp14:editId="4E05B3B8">
                               <wp:extent cx="1214052" cy="386861"/>
                               <wp:effectExtent l="0" t="0" r="5715" b="0"/>
                               <wp:docPr id="2108106769" name="Picture 5" descr="A black background with blue and green text&#10;&#10;Description automatically generated"/>
                               <wp:cNvGraphicFramePr>
                                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                               </wp:cNvGraphicFramePr>
                               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                     <pic:nvPicPr>
                                       <pic:cNvPr id="2108106769" name="Picture 5" descr="A black background with blue and green text&#10;&#10;Description automatically generated"/>
                                       <pic:cNvPicPr>
                                         <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                       </pic:cNvPicPr>
                                     </pic:nvPicPr>
                                     <pic:blipFill>
                                       <a:blip r:embed="rId8">
                                         <a:extLst>
                                           <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -1121,51 +1129,51 @@
                                       <a:noFill/>
                                       <a:ln>
                                         <a:noFill/>
                                       </a:ln>
                                     </pic:spPr>
                                   </pic:pic>
                                 </a:graphicData>
                               </a:graphic>
                             </wp:inline>
                           </w:drawing>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="33435A04" w14:textId="77777777" w:rsidR="00521795" w:rsidRDefault="00521795" w:rsidP="008D31FD">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="7FFC9F09" w14:textId="7436C1B5" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
+                      <w:p w14:paraId="7FFC9F09" w14:textId="5532A409" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>Published</w:t>
                         </w:r>
                         <w:r w:rsidR="004F2E78">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
@@ -1193,60 +1201,60 @@
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
-                        <w:r w:rsidR="007B5CE0">
+                        <w:r w:rsidR="004B4AB8">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:noProof/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>January 2, 2025</w:t>
+                          <w:t>December 1, 2025</w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="7272466C" w14:textId="64580F3D" w:rsidR="00DE65EA" w:rsidRPr="008D31FD" w:rsidRDefault="00DE65EA" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="025C7D60" w14:textId="6D81B725" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
@@ -1577,359 +1585,352 @@
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="26"/>
                           </w:rPr>
                           <w:t>Open Access</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <w10:wrap type="square" anchorx="margin" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00E86C7E">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17F11D91" w14:textId="4873350F" w:rsidR="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+    <w:p w14:paraId="21B20F4E" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Introduction</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002353E5" w:rsidRPr="00457859">
-[...35 lines deleted...]
-      <w:r w:rsidR="00E86C7E">
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The abstract is to be written with the following subheadings</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the sections breaks to look as demonstrated</w:t>
       </w:r>
-      <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
+      <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> The introduction should provide a clear direction for the manuscript. </w:t>
       </w:r>
-      <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
+      <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="437764E6" w14:textId="49BFF315" w:rsidR="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+    <w:p w14:paraId="4701F8D4" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Methods</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>5</w:t>
+        <w:t>The abstract should be no more than 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>0 words and the methods section of the abstract should include primary details about the methodology.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1554FD1E" w14:textId="5CB1B735" w:rsidR="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+        <w:t>50 words, and the methods section of the abstract should include primary details about the methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B3C086" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Results</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Be</w:t>
       </w:r>
-      <w:r w:rsidR="004167D5" w:rsidRPr="00457859">
+      <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sure to include your main findings </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">supported with data and the appropriate statistical analysis. The abstract results should be </w:t>
       </w:r>
-      <w:r w:rsidR="004167D5" w:rsidRPr="00457859">
-[...9 lines deleted...]
-    <w:p w14:paraId="115EC9CB" w14:textId="6EA534A6" w:rsidR="00C518C1" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>followed by a clear conclusion statement. The M ± SD for all variables should be presented clearly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and accurately </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>values</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57ED908C" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Conclusions</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB3261" w:rsidRPr="00457859">
+      <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do not add </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">extra </w:t>
       </w:r>
-      <w:r w:rsidR="00EB3261" w:rsidRPr="00457859">
+      <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>spaces between subheadings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provide a clear statement to support the main findings of the results. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C59ED2F" w14:textId="77777777" w:rsidR="00A736D0" w:rsidRPr="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
       <w:pPr>
         <w:ind w:left="1440" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
@@ -1961,80 +1962,60 @@
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Key W</w:t>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ords</w:t>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Provide three </w:t>
-[...9 lines deleted...]
-        <w:t>ke</w:t>
+        <w:t>: Provide three ke</w:t>
       </w:r>
       <w:r w:rsidR="00BB3F86">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ys</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> words not used in the title.</w:t>
+        <w:t>ys words not used in the title.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2945E1" w14:textId="4DCEDE0C" w:rsidR="000555B6" w:rsidRPr="00457859" w:rsidRDefault="000555B6" w:rsidP="0006331D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10F44967" w14:textId="01DBFB52" w:rsidR="000917C2" w:rsidRPr="00457859" w:rsidRDefault="009C131E" w:rsidP="00275B80">
       <w:pPr>
         <w:spacing w:line="243" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2513,2933 +2494,2272 @@
         </w:rPr>
         <w:t>additional</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> examples. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F7D2DB9" w14:textId="77777777" w:rsidR="00FC192B" w:rsidRPr="00457859" w:rsidRDefault="00FC192B" w:rsidP="000917C2">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00500680" w14:textId="03C865C9" w:rsidR="001B413F" w:rsidRPr="00457859" w:rsidRDefault="00D51A1A" w:rsidP="00275B80">
+    <w:p w14:paraId="1152CFD5" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Scientific </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
+        <w:t>Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30FBD6CD" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Provide a detailed methods section to outline the scientific approach used to collect data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486C47B2" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D074D9A" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B145FE" w14:textId="6E198708" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Explain the subjects and provide a statement explaining how informed consent was given and that the study was passed by an “Institutional Review Board.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E4AEC4E" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CD71052" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Protocol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3199D49C" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide a step-by-step description regarding the protocol of the study. Explain all measurement tools and cite any validation study corresponding to the tool. Measurement tools must be valid and reliable or provide information to support both with appropriate citations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="757E2EB3" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04D2748E" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Statistical Analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CE11E1" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide accurate and appropriate statistical analyses for all reported data. Use correct statistical terminology and ensure that each test matches the structure of the variables being analyzed. State explicitly that an a priori significance level of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C5360D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≤ 0.05 was used. Please also identify the software utilized to conduct all analyses (e.g., SPSS, R, SAS, or equivalent).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3490913F" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2920F3AE" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Methods</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DE5C1B3" w14:textId="363D52A3" w:rsidR="001B413F" w:rsidRPr="00457859" w:rsidRDefault="004F719C" w:rsidP="000917C2">
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Results </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70313339" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a detailed methods section to </w:t>
-[...415 lines deleted...]
-        </w:rPr>
         <w:t>General guidelines for the results section</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="13DA1658" w14:textId="2697C5EE" w:rsidR="00DE15F0" w:rsidRDefault="00E86C7E" w:rsidP="00DE15F0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A8709D2" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A detailed figure legend is required under the table or figure</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">A maximum of 4, </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="46A14D67" w14:textId="0F6499B2" w:rsidR="00DE15F0" w:rsidRPr="00457859" w:rsidRDefault="00DE15F0" w:rsidP="00DE15F0">
+        <w:t xml:space="preserve"> but is should not be pasted as part of the figure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1990775C" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">A detailed figure legend is required under the table or </w:t>
-[...40 lines deleted...]
-    <w:p w14:paraId="79A14E04" w14:textId="39F88A99" w:rsidR="00DE15F0" w:rsidRPr="00457859" w:rsidRDefault="00DE15F0" w:rsidP="00DE15F0">
+        <w:t xml:space="preserve">Avoid large tables with excessive data that make it unreasonable to assess and make a judgement as a reader. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563FD57E" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avoid large tables with excessive data that make it unreasonable to assess and make a judgement as a reader. </w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve">Be succinct and direct. The purpose of the research is to accelerate and improve </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the rate of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scientific discovery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EE3124" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71E02145" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867770">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Provide a clear and organized overview of the results, ensuring that all relevant tables and figures are included in this section and placed appropriately within the manuscript. Report data as Means ± Standard Deviation (SD) or Standard Error of the Mean (SEM), as appropriate. When reporting p-values, provide exact values (e.g., p = 0.033) rather than threshold values such as p &lt; 0.05. Authors are also required to report effect size estimates to support the interpretation of statistical findings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E69432F" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67434A4C" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Be succinct and direct. The purpose of the research is to accelerate and improve </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>The M ± SD for all variables should be presented clearly, rounded to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no more than the nearest tenth. Or whole numbers for values greater than 100. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B8638DA" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="073FC49D" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">scientific discovery. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="78937DB7" w14:textId="77777777" w:rsidR="00DE15F0" w:rsidRPr="00457859" w:rsidRDefault="00DE15F0" w:rsidP="00275B80">
+        <w:t xml:space="preserve">Data tables should consist of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MINIMAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formatting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, centered on the page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Visually, tables should be clear, neat and professionally presented. The example below is ideal formatting for a table published</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34665E1A" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5634E595" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00915C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>Table 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide an overview of the results and be sure to include your data </w:t>
-[...504 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Describe your table.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="6480" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="1491"/>
         <w:gridCol w:w="1469"/>
         <w:gridCol w:w="1264"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="7C6B4598" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="004B4AB8" w:rsidRPr="00457859" w14:paraId="35992687" w14:textId="77777777" w:rsidTr="00A94595">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="329AE7BD" w14:textId="77777777" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="465872AD" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65C20209" w14:textId="77777777" w:rsidR="00381BB0" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="4A341FC1" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Untrained </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB90D61" w14:textId="5ED5054F" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="4CB2FED6" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(n = 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D399313" w14:textId="77777777" w:rsidR="00381BB0" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="09E73BC6" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Trained </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05434CA2" w14:textId="14CBFE8C" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="06ECE137" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(n = 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70F0EEA3" w14:textId="77777777" w:rsidR="00381BB0" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="4888BCFE" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Elite </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01DFA937" w14:textId="65FFE2BE" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="40C73716" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(n =10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="2B624BB3" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="004B4AB8" w:rsidRPr="00457859" w14:paraId="545DA316" w14:textId="77777777" w:rsidTr="00A94595">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A59D547" w14:textId="43CB3521" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="00381BB0" w:rsidP="00381BB0">
+          <w:p w14:paraId="4F67D339" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heart </w:t>
+              <w:t xml:space="preserve">Heart Rate </w:t>
             </w:r>
-            <w:r w:rsidR="0001465B" w:rsidRPr="00457859">
-[...8 lines deleted...]
-            <w:r w:rsidR="0001465B" w:rsidRPr="00457859">
+            <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(BPM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2357D558" w14:textId="2B912126" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="5D1F04CD" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BA04E8E" w14:textId="15E1F7CE" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="0A08172D" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FF2A9A0" w14:textId="3018C603" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="736DBFA2" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="3A28B60B" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="004B4AB8" w:rsidRPr="00457859" w14:paraId="24940C68" w14:textId="77777777" w:rsidTr="00A94595">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74FECD11" w14:textId="7E7E7E39" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="274658F0" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mile Time</w:t>
             </w:r>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (mins)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E0E0A79" w14:textId="25D82328" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="50CEAFC6" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB4A331" w14:textId="2585D966" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="243A2ECD" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BE5638B" w14:textId="41713DDA" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="67222937" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="55F075C2" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="004B4AB8" w:rsidRPr="00457859" w14:paraId="63D997F5" w14:textId="77777777" w:rsidTr="00A94595">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="206"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46DCA913" w14:textId="678254C1" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="5EACBB0F" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>BMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A4F1905" w14:textId="2D8ECD0C" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="23912104" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="677F837F" w14:textId="69FCC4FE" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="11AC65E1" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21E47F32" w14:textId="305EA917" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="1DCD30E6" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32530627" w14:textId="6CDC00F4" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0006331D">
+    <w:p w14:paraId="2DA778E2" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Data are Means ± SD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1D787E" w14:textId="42C3536D" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0006331D">
+    <w:p w14:paraId="0CD538A4" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*Significantly greater than untrained and trained participants, </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0.004</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D87C8A" w14:textId="77777777" w:rsidR="00794839" w:rsidRPr="00457859" w:rsidRDefault="00794839" w:rsidP="0006331D">
+    <w:p w14:paraId="6AEAAA71" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E371620" w14:textId="77777777" w:rsidR="00794839" w:rsidRPr="00457859" w:rsidRDefault="00794839" w:rsidP="000B38C3">
+    <w:p w14:paraId="47999A1A" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B3D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Graphs may be created in any software and copied into the journal template</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, centered on the page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B3D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Please ensure they remain clear, readable, and appropriately sized after being pasted into the document. If images are used instead of generated graphs, they must be high-resolution to ensure print quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AB9A465" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BC60AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="63D5CFA9" wp14:editId="1BF8BB65">
+            <wp:extent cx="2571750" cy="1930297"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="532229904" name="Picture 1" descr="A graph with a bar and bar line&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="532229904" name="Picture 1" descr="A graph with a bar and bar line&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2582645" cy="1938474"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EE4A56F" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Describe your </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">figure. *Indicates significance, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0.004</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54AB7EFF" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5233D739" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00867770" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788BA815" w14:textId="32F43CE2" w:rsidR="00B070B9" w:rsidRDefault="00794839" w:rsidP="000B38C3">
+    <w:p w14:paraId="29D496B3" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a clear and succinct </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Provide a clear and succinct discussion and explain the application of the findings. Confirm or disconfirm any key findings with research supported by citations. The final 1-2 sentences should provide a scientifically direct conclusion. The journal urges authors to avoid statements such as “additional research is warranted.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BA62791" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1048DE04" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conclusions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5679E7FD" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00A77A5F" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Create a clear and concise statement regarding the overall findings of the research. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC5B904" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45579BB4" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFD2CA5" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Add acknowledgements here</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A69122" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1A7B00" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00AA4563" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conflict of Interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EED8AEF" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00AA4563" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If no conflicts exist, individuals should clearly state, “The authors declare no conflicts of interest.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F7EE28" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17784DA0" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="5ED06EF6" w14:textId="17D094D5" w:rsidR="007E4B28" w:rsidRDefault="007E4B28" w:rsidP="000B38C3">
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D46A579" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="649A4974" w14:textId="77777777" w:rsidR="007E4B28" w:rsidRDefault="007E4B28" w:rsidP="007E4B28">
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please use the AMA/JAMA 11th edition citation style for all references. The JAMA format is available in EndNote. In-text citations should appear as superscript numbers placed immediately after the referenced material, positioned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the period at the end of the sentence. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Example, Johnson et al. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, found </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xyz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Generally, 15 references should be utilized to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specifically support all parts of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the results. The journal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>encourages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">authors to avoid excessive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">citations. Please provide the most important and most up-to-date references. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A47158F" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:b/>
-[...459 lines deleted...]
-    <w:p w14:paraId="39E22860" w14:textId="0A083EF8" w:rsidR="00F25723" w:rsidRPr="00457859" w:rsidRDefault="00CB5493" w:rsidP="000B38C3">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3412D981" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Johnson J</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Johnson J, Johnson B, Stella CA. Maximum distance and performance measures in football. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">J </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Exerc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nutr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> B, </w:t>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Stella</w:t>
-[...72 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2017;1(1)</w:t>
       </w:r>
-      <w:r w:rsidR="00F17852">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Doi: 101010202012.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19072984" w14:textId="3CB330ED" w:rsidR="00F17852" w:rsidRPr="00457859" w:rsidRDefault="00CB5493" w:rsidP="00F17852">
+    <w:p w14:paraId="522EF970" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sauderbach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004D0D5E" w:rsidRPr="00457859">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Dell</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> J, </w:t>
+        <w:t xml:space="preserve"> CA, Dell DD, Fountain J, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Boicka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004D0D5E" w:rsidRPr="00457859">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Slavia</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> TA, </w:t>
+        <w:t xml:space="preserve"> GJ, Slavia TA, Colin M. Function nutrients and protein ingestion. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Res Health Sci</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> M. </w:t>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Function nutrients and protein ingestion</w:t>
-[...48 lines deleted...]
-      <w:r w:rsidR="00F17852">
+        <w:t xml:space="preserve"> 2018;1(2)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Doi: 10101020201342.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C10CEBB" w14:textId="0A683B95" w:rsidR="00FC192B" w:rsidRPr="00457859" w:rsidRDefault="00FC192B" w:rsidP="00F17852">
+    <w:p w14:paraId="6F2413C7" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="563DD7CC" w14:textId="35504AB2" w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidRDefault="002D5236" w:rsidP="00884AB2">
+    <w:p w14:paraId="5617AE2E" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A0AA3EE" w14:textId="551C0F5C" w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidRDefault="002D5236" w:rsidP="00884AB2">
+    <w:p w14:paraId="65820256" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="47A07F19" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7338C476" w14:textId="77777777" w:rsidR="004B4AB8" w:rsidRPr="00457859" w:rsidRDefault="004B4AB8" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0AA3EE" w14:textId="551C0F5C" w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidRDefault="002D5236" w:rsidP="004B4AB8">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:sectPr w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidSect="00ED6B60">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1584" w:right="1584" w:bottom="1584" w:left="1584" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B0EA98F" w14:textId="77777777" w:rsidR="00421227" w:rsidRDefault="00421227" w:rsidP="000F0355">
+    <w:p w14:paraId="4A43FFDB" w14:textId="77777777" w:rsidR="00E7087C" w:rsidRDefault="00E7087C" w:rsidP="000F0355">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="224BB745" w14:textId="77777777" w:rsidR="00421227" w:rsidRDefault="00421227" w:rsidP="000F0355">
+    <w:p w14:paraId="04AD3CE3" w14:textId="77777777" w:rsidR="00E7087C" w:rsidRDefault="00E7087C" w:rsidP="000F0355">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5686,58 +5006,58 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="933621" cy="299238"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="494D0C99" w14:textId="77777777" w:rsidR="000F0749" w:rsidRDefault="000F0749">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0D4EE28C" w14:textId="77777777" w:rsidR="00421227" w:rsidRDefault="00421227" w:rsidP="000F0355">
+    <w:p w14:paraId="2B14A796" w14:textId="77777777" w:rsidR="00E7087C" w:rsidRDefault="00E7087C" w:rsidP="000F0355">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4512CFFB" w14:textId="77777777" w:rsidR="00421227" w:rsidRDefault="00421227" w:rsidP="000F0355">
+    <w:p w14:paraId="60E371CF" w14:textId="77777777" w:rsidR="00E7087C" w:rsidRDefault="00E7087C" w:rsidP="000F0355">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FE8574C" w14:textId="108E6E28" w:rsidR="00DF5915" w:rsidRPr="00DF5915" w:rsidRDefault="00DF5915" w:rsidP="00DF5915">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="8460"/>
       </w:tabs>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
       </w:rPr>
@@ -6493,54 +5813,54 @@
       <w:pPr>
         <w:ind w:left="9720" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1828595358">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="685134524">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="944845616">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1350644957">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="424377827">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -6562,50 +5882,51 @@
     <w:rsid w:val="000B0EDD"/>
     <w:rsid w:val="000B38C3"/>
     <w:rsid w:val="000C3F0A"/>
     <w:rsid w:val="000E29A8"/>
     <w:rsid w:val="000F0355"/>
     <w:rsid w:val="000F0749"/>
     <w:rsid w:val="000F35CE"/>
     <w:rsid w:val="00103B61"/>
     <w:rsid w:val="00110144"/>
     <w:rsid w:val="00110B85"/>
     <w:rsid w:val="00115BF1"/>
     <w:rsid w:val="0011749E"/>
     <w:rsid w:val="00142B2B"/>
     <w:rsid w:val="00154FE6"/>
     <w:rsid w:val="00165DEC"/>
     <w:rsid w:val="001812AB"/>
     <w:rsid w:val="00187390"/>
     <w:rsid w:val="001939ED"/>
     <w:rsid w:val="001B413F"/>
     <w:rsid w:val="001B6C47"/>
     <w:rsid w:val="001F0CCB"/>
     <w:rsid w:val="001F7A68"/>
     <w:rsid w:val="00200E39"/>
     <w:rsid w:val="00211ADB"/>
     <w:rsid w:val="002135FE"/>
+    <w:rsid w:val="002157B8"/>
     <w:rsid w:val="00220051"/>
     <w:rsid w:val="0022531C"/>
     <w:rsid w:val="0023069D"/>
     <w:rsid w:val="002353E5"/>
     <w:rsid w:val="00236403"/>
     <w:rsid w:val="00244FDF"/>
     <w:rsid w:val="00246E05"/>
     <w:rsid w:val="00247473"/>
     <w:rsid w:val="00261593"/>
     <w:rsid w:val="00273AC7"/>
     <w:rsid w:val="00275B80"/>
     <w:rsid w:val="00282E68"/>
     <w:rsid w:val="002868D4"/>
     <w:rsid w:val="002902BF"/>
     <w:rsid w:val="00290488"/>
     <w:rsid w:val="00292C19"/>
     <w:rsid w:val="002A0F80"/>
     <w:rsid w:val="002B36DA"/>
     <w:rsid w:val="002B3DAA"/>
     <w:rsid w:val="002C1313"/>
     <w:rsid w:val="002D5236"/>
     <w:rsid w:val="002E0DC3"/>
     <w:rsid w:val="00302F73"/>
     <w:rsid w:val="003151EB"/>
     <w:rsid w:val="003470B3"/>
@@ -6619,50 +5940,51 @@
     <w:rsid w:val="003C2E92"/>
     <w:rsid w:val="003C61AD"/>
     <w:rsid w:val="003E7D79"/>
     <w:rsid w:val="0040740E"/>
     <w:rsid w:val="00412EA7"/>
     <w:rsid w:val="0041323A"/>
     <w:rsid w:val="004167D5"/>
     <w:rsid w:val="00421227"/>
     <w:rsid w:val="00427B80"/>
     <w:rsid w:val="00437968"/>
     <w:rsid w:val="004463E6"/>
     <w:rsid w:val="00457859"/>
     <w:rsid w:val="00465842"/>
     <w:rsid w:val="004759BE"/>
     <w:rsid w:val="00481187"/>
     <w:rsid w:val="00481D76"/>
     <w:rsid w:val="00482685"/>
     <w:rsid w:val="00487981"/>
     <w:rsid w:val="004978D3"/>
     <w:rsid w:val="004A1A17"/>
     <w:rsid w:val="004B00B2"/>
     <w:rsid w:val="004B10F0"/>
     <w:rsid w:val="004B2905"/>
     <w:rsid w:val="004B44A1"/>
     <w:rsid w:val="004B4609"/>
+    <w:rsid w:val="004B4AB8"/>
     <w:rsid w:val="004C3228"/>
     <w:rsid w:val="004D0D5E"/>
     <w:rsid w:val="004D30B3"/>
     <w:rsid w:val="004E4BE0"/>
     <w:rsid w:val="004E6B82"/>
     <w:rsid w:val="004E73E3"/>
     <w:rsid w:val="004F1381"/>
     <w:rsid w:val="004F2E78"/>
     <w:rsid w:val="004F719C"/>
     <w:rsid w:val="005062BB"/>
     <w:rsid w:val="005072AB"/>
     <w:rsid w:val="00512B8F"/>
     <w:rsid w:val="00516F90"/>
     <w:rsid w:val="00521795"/>
     <w:rsid w:val="00523D16"/>
     <w:rsid w:val="00525165"/>
     <w:rsid w:val="00531433"/>
     <w:rsid w:val="00544438"/>
     <w:rsid w:val="00552CF1"/>
     <w:rsid w:val="005569D2"/>
     <w:rsid w:val="005776A5"/>
     <w:rsid w:val="00592138"/>
     <w:rsid w:val="00596BB5"/>
     <w:rsid w:val="005F535E"/>
     <w:rsid w:val="00616FAC"/>
@@ -6784,50 +6106,51 @@
     <w:rsid w:val="00D651B1"/>
     <w:rsid w:val="00D65673"/>
     <w:rsid w:val="00D67886"/>
     <w:rsid w:val="00D70932"/>
     <w:rsid w:val="00D74F1A"/>
     <w:rsid w:val="00D85581"/>
     <w:rsid w:val="00D86CDA"/>
     <w:rsid w:val="00D947C2"/>
     <w:rsid w:val="00D94FD3"/>
     <w:rsid w:val="00DA13E2"/>
     <w:rsid w:val="00DC1CC3"/>
     <w:rsid w:val="00DE15F0"/>
     <w:rsid w:val="00DE1B70"/>
     <w:rsid w:val="00DE65EA"/>
     <w:rsid w:val="00DF5915"/>
     <w:rsid w:val="00DF5D15"/>
     <w:rsid w:val="00E02924"/>
     <w:rsid w:val="00E23CD8"/>
     <w:rsid w:val="00E271E9"/>
     <w:rsid w:val="00E432E7"/>
     <w:rsid w:val="00E46EDF"/>
     <w:rsid w:val="00E501B7"/>
     <w:rsid w:val="00E6227D"/>
     <w:rsid w:val="00E65847"/>
     <w:rsid w:val="00E67C8B"/>
+    <w:rsid w:val="00E7087C"/>
     <w:rsid w:val="00E72D0A"/>
     <w:rsid w:val="00E86C62"/>
     <w:rsid w:val="00E86C7E"/>
     <w:rsid w:val="00EB3261"/>
     <w:rsid w:val="00EC2275"/>
     <w:rsid w:val="00EC72A0"/>
     <w:rsid w:val="00ED110F"/>
     <w:rsid w:val="00ED6B60"/>
     <w:rsid w:val="00EF6FCB"/>
     <w:rsid w:val="00F002BB"/>
     <w:rsid w:val="00F17852"/>
     <w:rsid w:val="00F20153"/>
     <w:rsid w:val="00F25723"/>
     <w:rsid w:val="00F31F83"/>
     <w:rsid w:val="00F45DA7"/>
     <w:rsid w:val="00F64258"/>
     <w:rsid w:val="00F74685"/>
     <w:rsid w:val="00F81522"/>
     <w:rsid w:val="00F832BD"/>
     <w:rsid w:val="00F85690"/>
     <w:rsid w:val="00F85757"/>
     <w:rsid w:val="00FC192B"/>
     <w:rsid w:val="00FE1FD1"/>
   </w:rsids>
   <m:mathPr>
@@ -7234,50 +6557,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7862,59 +7186,59 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1184631104">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8155,72 +7479,72 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{68218C1A-BB3C-4F68-BA4A-23B319293FE9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>891</Words>
-  <Characters>5080</Characters>
+  <Words>1023</Words>
+  <Characters>5578</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>139</Lines>
+  <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5960</CharactersWithSpaces>
+  <CharactersWithSpaces>6520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>