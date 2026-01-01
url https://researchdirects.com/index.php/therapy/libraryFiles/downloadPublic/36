--- v0 (2025-11-06)
+++ v1 (2026-01-01)
@@ -58,329 +58,335 @@
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>, 2</w:t>
       </w:r>
       <w:r w:rsidR="00FA0A9C" w:rsidRPr="00FA0A9C">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0A9C">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
+        <w:t xml:space="preserve"> font, Garamond font)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3519A79F" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00A77A5F" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Original Research, Direct Original</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Research</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Short Review, Research Brief, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Case Study, Commentary, Review (PICK ONE)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36184D09" w14:textId="77777777" w:rsidR="00F64258" w:rsidRPr="00457859" w:rsidRDefault="00F64258" w:rsidP="00F64258">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D50340D" w14:textId="77777777" w:rsidR="00F64258" w:rsidRPr="007C0D35" w:rsidRDefault="00F64258" w:rsidP="00F64258">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C0D35">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Author First Last</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0D35">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0D35">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Author First Last</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0D35">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0D35">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>, Author First Last</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0D35">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68E9B222" w14:textId="77777777" w:rsidR="00F64258" w:rsidRPr="00457859" w:rsidRDefault="00F64258" w:rsidP="00F64258">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6863B344" w14:textId="77777777" w:rsidR="00F64258" w:rsidRPr="00457859" w:rsidRDefault="00F64258" w:rsidP="00F64258">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Affiliation, City, State/Country</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53E12DA4" w14:textId="6A3F257E" w:rsidR="00F64258" w:rsidRPr="00457859" w:rsidRDefault="00F64258" w:rsidP="00F64258">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Affiliation, City, State/Country</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...23 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="26E930A8" w14:textId="78E1DFFA" w:rsidR="00FC192B" w:rsidRPr="00457859" w:rsidRDefault="00FC192B" w:rsidP="0006331D">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...184 lines deleted...]
-    <w:p w14:paraId="1248A2C9" w14:textId="045E8414" w:rsidR="007C0D35" w:rsidRDefault="007C0D35" w:rsidP="004A1A17">
+    </w:p>
+    <w:p w14:paraId="37D31E53" w14:textId="25BFC823" w:rsidR="00C518C1" w:rsidRPr="00E86C7E" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:ind w:right="-144"/>
-        <w:contextualSpacing/>
-[...11 lines deleted...]
-        <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF5915">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="228600" distR="228600" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE5D8DF" wp14:editId="1F37A391">
+              <wp:anchor distT="0" distB="0" distL="228600" distR="228600" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7CE5D8DF" wp14:editId="0F8B93E2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>-2540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="page">
-                  <wp:posOffset>2736850</wp:posOffset>
+                  <wp:posOffset>2508250</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1447800" cy="5016500"/>
+                <wp:extent cx="1447800" cy="4978400"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides"/>
                 <wp:docPr id="50" name="Group 50"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1447800" cy="5016500"/>
+                          <a:ext cx="1447800" cy="4978400"/>
                           <a:chOff x="0" y="-427574"/>
                           <a:chExt cx="2894633" cy="9618596"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="51" name="Text Box 51"/>
                         <wps:cNvSpPr txBox="1"/>
                         <wps:spPr>
                           <a:xfrm>
                             <a:off x="190490" y="-427574"/>
                             <a:ext cx="2704143" cy="9618596"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln w="6350">
                             <a:noFill/>
                           </a:ln>
                           <a:effectLst/>
                         </wps:spPr>
                         <wps:style>
                           <a:lnRef idx="0">
                             <a:schemeClr val="accent1"/>
                           </a:lnRef>
@@ -440,51 +446,51 @@
                                             </a:xfrm>
                                             <a:prstGeom prst="rect">
                                               <a:avLst/>
                                             </a:prstGeom>
                                           </pic:spPr>
                                         </pic:pic>
                                       </a:graphicData>
                                     </a:graphic>
                                   </wp:inline>
                                 </w:drawing>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="19FE6070" w14:textId="77777777" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008D31FD">
                               <w:pPr>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="7FFC9F09" w14:textId="488C49F6" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
+                            <w:p w14:paraId="7FFC9F09" w14:textId="1BCB0C58" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
                               <w:pPr>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>Published</w:t>
                               </w:r>
                               <w:r w:rsidR="004F2E78">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
@@ -512,60 +518,60 @@
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="00901F85">
+                              <w:r w:rsidR="00BC60AA">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:noProof/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>January 2, 2025</w:t>
+                                <w:t>December 1, 2025</w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="7272466C" w14:textId="64580F3D" w:rsidR="00DE65EA" w:rsidRPr="008D31FD" w:rsidRDefault="00DE65EA" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="025C7D60" w14:textId="6D81B725" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
@@ -607,78 +613,78 @@
                                             <a:srcRect/>
                                             <a:stretch>
                                               <a:fillRect/>
                                             </a:stretch>
                                           </pic:blipFill>
                                           <pic:spPr bwMode="auto">
                                             <a:xfrm>
                                               <a:off x="0" y="0"/>
                                               <a:ext cx="985736" cy="344884"/>
                                             </a:xfrm>
                                             <a:prstGeom prst="rect">
                                               <a:avLst/>
                                             </a:prstGeom>
                                             <a:noFill/>
                                             <a:ln>
                                               <a:noFill/>
                                             </a:ln>
                                           </pic:spPr>
                                         </pic:pic>
                                       </a:graphicData>
                                     </a:graphic>
                                   </wp:inline>
                                 </w:drawing>
                               </w:r>
                             </w:p>
-                            <w:p w14:paraId="66311E12" w14:textId="7F36F84C" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008C0B6C" w:rsidP="00E86C7E">
+                            <w:p w14:paraId="66311E12" w14:textId="7DCF9282" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008C0B6C" w:rsidP="00E86C7E">
                               <w:pPr>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>Copyright, 202</w:t>
                               </w:r>
-                              <w:r w:rsidR="00B6232D">
+                              <w:r w:rsidR="00BC60AA">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>5</w:t>
+                                <w:t>6</w:t>
                               </w:r>
                               <w:r w:rsidR="008704A8" w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> by the authors. Published by </w:t>
                               </w:r>
                               <w:r w:rsidR="0011749E">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Pinnacle Science </w:t>
                               </w:r>
                               <w:r w:rsidR="008704A8" w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
@@ -693,149 +699,159 @@
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>International License. To view a copy of this</w:t>
                               </w:r>
                               <w:r w:rsidR="008704A8" w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> license, visit http://creativecommons.org/licenses/by/4.0/</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="214D8DB3" w14:textId="38E1507C" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="5DD27CF1" w14:textId="26C96FBA" w:rsidR="008D31FD" w:rsidRDefault="00F81522" w:rsidP="008704A8">
+                            <w:p w14:paraId="5DD27CF1" w14:textId="6EEA77DD" w:rsidR="008D31FD" w:rsidRDefault="00F81522" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">Research in </w:t>
                               </w:r>
                               <w:r w:rsidR="00A1684F">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>Therapeutic Sciences</w:t>
                               </w:r>
                               <w:r w:rsidR="00DF5915">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">: </w:t>
                               </w:r>
                               <w:r w:rsidR="008C0B6C">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>202</w:t>
                               </w:r>
-                              <w:r w:rsidR="00B6232D">
+                              <w:r w:rsidR="00BC60AA">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>5</w:t>
+                                <w:t>6</w:t>
                               </w:r>
                               <w:r w:rsidR="008C0B6C">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve">, Volume </w:t>
                               </w:r>
-                              <w:r w:rsidR="00B6232D">
+                              <w:r w:rsidR="00BC60AA">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>4</w:t>
+                                <w:t>5</w:t>
                               </w:r>
                               <w:r w:rsidR="008C0B6C">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t xml:space="preserve"> (Issue 1</w:t>
                               </w:r>
                               <w:r w:rsidR="008D31FD" w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>): X</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="136467ED" w14:textId="0DF3AC64" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="25268043" w14:textId="10DF6242" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
+                            <w:p w14:paraId="520A336D" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="008704A8">
+                              <w:pPr>
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                                  <w:i/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                            </w:p>
+                            <w:p w14:paraId="25268043" w14:textId="78B4FAE6" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="003534D4">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>ISSN 2837-5033</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="1D59629A" w14:textId="77777777" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
@@ -975,51 +991,51 @@
                               </w:r>
                             </w:p>
                           </w:txbxContent>
                         </wps:txbx>
                         <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="365760" tIns="0" rIns="182880" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                           <a:prstTxWarp prst="textNoShape">
                             <a:avLst/>
                           </a:prstTxWarp>
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group w14:anchorId="7CE5D8DF" id="Group 50" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.2pt;margin-top:215.5pt;width:114pt;height:395pt;z-index:251659264;mso-wrap-distance-left:18pt;mso-wrap-distance-right:18pt;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page" coordorigin=",-4275" coordsize="28946,96185" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6WJy3KwQAAHoOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV11v2zYUfR+w/0DovbG+LRtxiixdggFB&#10;GzQp+kxTlCyUIjWSjpz++l2Somx5bpplQ7GHvtj8uCQvD+859+r87a5l6JFK1Qi+CqKzMECUE1E2&#10;vF4Fnx6u3xQBUhrzEjPB6Sp4oip4e/HrL+d9t6Sx2AhWUolgE66WfbcKNlp3y9lMkQ1tsToTHeUw&#10;WQnZYg1dWc9KiXvYvWWzOAzzWS9k2UlBqFIw+s5NBhd2/6qiRH+oKkU1YqsAfNP2V9rftfmdXZzj&#10;ZS1xt2nI4AZ+hRctbjgcOm71DmuMtrL521ZtQ6RQotJnRLQzUVUNofYOcJsoPLrNjRTbzt6lXvZ1&#10;N8IE0B7h9OptyfvHG9ndd3cSkOi7GrCwPXOXXSVb8w9eop2F7GmEjO40IjAYpem8CAFZAnNZGOUZ&#10;dCyoZAPI79e9SeN5Nk/93O/D+rhYpHmSuPWLPCqyRW5sZv742cSpvoMwUXsk1L9D4n6DO2oBVktA&#10;4k6ipoRrRAHiuIVofTDX/E3sEAxZfKyZQQvpHYzD/f24gsEToEWLMF0APIDOBAGPXzwP0yh95v54&#10;2Umlb6hokWmsAgkxbUMNP94q7aDyJsYBLq4bxuwTMI76VZAnWWgXjDMALuPGllqGDNsYbN0tbEs/&#10;MWpsGP9IK8DFRoAZsNykV0yiRwyswoRQri0Odl+wNlYVODEujMIwsS4crWU6Hh57MN87Na51vh8t&#10;nB7qruEPFlyPi9uGC3nq5PKL97hy9hByB9c2Tb1b74ZHX4vyCd5cCqcfqiPXDTzGLVb6DksQDHhh&#10;EEH9AX4qJgB0MbQCtBHy66lxYw/RC7MB6kGAVoH6c4slDRD7g0NcR0VcFEaybG8BRDM0k5O59aTH&#10;t+2VgBeB8AUPbdOs0Mw3Kynaz6CXl+ZkmMKcwPmrQPvmlXbSCHpL6OWlNQKd6rC+5fcdMVubFzLh&#10;9rD7jGU3xKSGcH4vPJvw8ig0na1ZycXlVouqsXFrQHbIDuADs40I/QiKx57iH4FOmNeMosRTGZRg&#10;FERPCS9HR2p4mtNFHoeLb0vaP6a0EqwpDasNhErW65F8UZIsciu4wL2JmSP4MeVdjFupOoj2Ccnj&#10;U3TxfLMObHBJHfdB7J3cm9NNyjayYMXbqoaxnurAc3s7KfvRQsBG6fqmELyU/c+x2fLXkznN5vHI&#10;5WHGUXmY+cnkE9WQlxcTuAfJGnKnS9Z3kIZwLTiyRcZg9X0ix0UGfLUZOsqSIrMyAKnRFyh5mMWZ&#10;Z/N8XmQ+ZfnyyCffF+bnCUsnZE6TonAV0svIfJC/DdMazqm835S96RinRpVYM0y+DIn2wApOGQsA&#10;n/5+SsO+snmBNJgawdaMYx34X4hFkmdzUPUh9Y9K4SsCJxUw/GqZIFr+n1K+rfHhA8dmjuFjzHxB&#10;HfZtgO4/GS/+AgAA//8DAFBLAwQUAAYACAAAACEATFPzkuAAAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VI3FonbikoxKmqCjhVSLRIiNs23iZRYzuK3ST9e5YTHHfmaXYmX0+2&#10;FQP1ofFOQzpPQJArvWlcpeHz8Dp7AhEiOoOtd6ThSgHWxe1Njpnxo/ugYR8rwSEuZKihjrHLpAxl&#10;TRbD3Hfk2Dv53mLks6+k6XHkcNtKlSQrabFx/KHGjrY1lef9xWp4G3HcLNKXYXc+ba/fh4f3r11K&#10;Wt/fTZtnEJGm+AfDb32uDgV3OvqLM0G0GmZLBjUsFylPYl+pxxWII4NKsSSLXP6fUPwAAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAOlictysEAAB6DgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATFPzkuAAAAAKAQAADwAAAAAAAAAAAAAAAACFBgAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJIHAAAAAA==&#10;">
+              <v:group w14:anchorId="7CE5D8DF" id="Group 50" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-.2pt;margin-top:197.5pt;width:114pt;height:392pt;z-index:251659264;mso-wrap-distance-left:18pt;mso-wrap-distance-right:18pt;mso-position-horizontal-relative:margin;mso-position-vertical-relative:page" coordorigin=",-4275" coordsize="28946,96185" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZsYtbKQQAAHoOAAAOAAAAZHJzL2Uyb0RvYy54bWzsV11v2zYUfR+w/0DovbE+bcmIUmTpEgwI&#10;2qBJ0WeaomyhFKmRdOT01++SFGXLc9MsG4o9NA8OPy7Jy8N7zr06f7trGXqkUjWCl0F0FgaIciKq&#10;hq/L4NPD9Zs8QEpjXmEmOC2DJ6qCtxe//nLed0sai41gFZUINuFq2XdlsNG6W85mimxoi9WZ6CiH&#10;yVrIFmvoyvWskriH3Vs2i8NwPuuFrDopCFUKRt+5yeDC7l/XlOgPda2oRqwMwDdtf6X9XZnf2cU5&#10;Xq4l7jYNGdzAr/CixQ2HQ8et3mGN0VY2f9uqbYgUStT6jIh2Juq6IdTeAW4ThUe3uZFi29m7rJf9&#10;uhthAmiPcHr1tuT9443s7rs7CUj03RqwsD1zl10tW/MfvEQ7C9nTCBndaURgMErTRR4CsgTm0mKR&#10;p9CxoJINIL9f9yaNF9ki9XO/D+vjvEjnSeLWF/Moz4q5sZn542cTp/oOwkTtkVD/Don7De6oBVgt&#10;AYk7iZqqDLIoQBy3EK0P5pq/iR2CIYuPNTNoIb2Dcbi/H1cweAK0qAjTAuABdCYIePziRZhG6TP3&#10;x8tOKn1DRYtMowwkxLQNNfx4q7SDypsYB7i4bhizT8A46stgnmShXTDOALiMG1tqGTJsY7B1t7At&#10;/cSosWH8I60BFxsBZsByk14xiR4xsAoTQrm2ONh9wdpY1eDEuDAKw8S6cLSW6Xh47MF879S41vl+&#10;tHB6qLuGP1hwPS5uGy7kqZOrL97j2tlDyB1c2zT1brUbHn0lqid4cymcfqiOXDfwGLdY6TssQTDg&#10;hUEE9Qf4qZkA0MXQCtBGyK+nxo09RC/MBqgHASoD9ecWSxog9geHuI7yOM+NZNleAUQzNJOTudWk&#10;x7ftlYAXgfAFD23TrNDMN2sp2s+gl5fmZJjCnMD5ZaB980o7aQS9JfTy0hqBTnVY3/L7jpitzQuZ&#10;cHvYfcayG2JSQzi/F55NeHkUms7WrOTicqtF3di4NSA7ZAfwgdlGhH4ExWNP8Y9AJ8zXjKLEUxmU&#10;YBRETwkvR0dqeJrT+TwOi29L2j+mtBKsqQyrDYRKrlcj+aIkKeZWcIF7EzNH8GPKuxi3UnUQ7ROS&#10;x6fo4vlmHdjgijruZyH8DQweGWrF26qGsZ7qwHN7Oyn70ULARun6phC8lP3Psdny15M5zRbxyOVh&#10;xlF5mPnJ5BPVkJcXE7gHyRpyp0vWd5CG8FpwZIuMwer7RI7zDPhqM3SUJXlmZQBSoy9Q5mEWZ57N&#10;i0We+ZTlyyOffF+YnycsnZA5TfLcVUgvI/NB/jZMazin8n5T9aZjnBpVYsUw+TLQ9MAKThkLAJ/+&#10;fkrDvrJ5gTSYGsHWjGMd+F+IRTLPFqDqQ+oflcJXBE4qYPjVMkG0/D+lfFvjwweOzRzDx5j5gjrs&#10;2wDdfzJe/AUAAP//AwBQSwMEFAAGAAgAAAAhAOrdWFDhAAAACgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwkAQhe8m/ofNmHiDbYuA1G4JIeqJkAgmxtvSHdqG7mzTXdry7x1Pepy8L2++l61H24ge&#10;O187UhBPIxBIhTM1lQo+j2+TZxA+aDK6cYQKbuhhnd/fZTo1bqAP7A+hFFxCPtUKqhDaVEpfVGi1&#10;n7oWibOz66wOfHalNJ0euNw2MomihbS6Jv5Q6Ra3FRaXw9UqeB/0sJnFr/3uct7evo/z/dcuRqUe&#10;H8bNC4iAY/iD4Vef1SFnp5O7kvGiUTB5YlDBbDXnSZwnyXIB4sRgvFxFIPNM/p+Q/wAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQDZsYtbKQQAAHoOAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDq3VhQ4QAAAAoBAAAPAAAAAAAAAAAAAAAAAIMGAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkQcAAAAA&#10;">
                 <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                   <v:stroke joinstyle="miter"/>
                   <v:path gradientshapeok="t" o:connecttype="rect"/>
                 </v:shapetype>
                 <v:shape id="Text Box 51" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:1904;top:-4275;width:27042;height:96185;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDAcJHzwwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYIXqRsVi02zShFErxpbenxkX5No9m2a3Zj4791CweMwM98wyaY3lbhR40rLCmbTCARx&#10;ZnXJuYJzuntZgXAeWWNlmRTcycFmPRwkGGvb8ZFuJ5+LAGEXo4LC+zqW0mUFGXRTWxMH78c2Bn2Q&#10;TS51g12Am0rOo+hVGiw5LBRY07ag7HpqjYJI/+4v7f1rItP52zeuPrlemoVS41H/8Q7CU++f4f/2&#10;QStYzuDvS/gBcv0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAwHCR88MAAADbAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                   <v:textbox inset="14.4pt,1in,14.4pt,14.4pt">
                     <w:txbxContent>
                       <w:p w14:paraId="26D39304" w14:textId="6FB75DAE" w:rsidR="00901F85" w:rsidRPr="00901F85" w:rsidRDefault="00901F85" w:rsidP="00901F85">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:noProof/>
                           </w:rPr>
                           <w:drawing>
                             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6891D49E" wp14:editId="323E2344">
@@ -1049,51 +1065,51 @@
                                       </a:xfrm>
                                       <a:prstGeom prst="rect">
                                         <a:avLst/>
                                       </a:prstGeom>
                                     </pic:spPr>
                                   </pic:pic>
                                 </a:graphicData>
                               </a:graphic>
                             </wp:inline>
                           </w:drawing>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="19FE6070" w14:textId="77777777" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008D31FD">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="7FFC9F09" w14:textId="488C49F6" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
+                      <w:p w14:paraId="7FFC9F09" w14:textId="1BCB0C58" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>Published</w:t>
                         </w:r>
                         <w:r w:rsidR="004F2E78">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
@@ -1121,60 +1137,60 @@
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
-                        <w:r w:rsidR="00901F85">
+                        <w:r w:rsidR="00BC60AA">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:noProof/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>January 2, 2025</w:t>
+                          <w:t>December 1, 2025</w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="7272466C" w14:textId="64580F3D" w:rsidR="00DE65EA" w:rsidRPr="008D31FD" w:rsidRDefault="00DE65EA" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="025C7D60" w14:textId="6D81B725" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
@@ -1216,78 +1232,78 @@
                                       <a:srcRect/>
                                       <a:stretch>
                                         <a:fillRect/>
                                       </a:stretch>
                                     </pic:blipFill>
                                     <pic:spPr bwMode="auto">
                                       <a:xfrm>
                                         <a:off x="0" y="0"/>
                                         <a:ext cx="985736" cy="344884"/>
                                       </a:xfrm>
                                       <a:prstGeom prst="rect">
                                         <a:avLst/>
                                       </a:prstGeom>
                                       <a:noFill/>
                                       <a:ln>
                                         <a:noFill/>
                                       </a:ln>
                                     </pic:spPr>
                                   </pic:pic>
                                 </a:graphicData>
                               </a:graphic>
                             </wp:inline>
                           </w:drawing>
                         </w:r>
                       </w:p>
-                      <w:p w14:paraId="66311E12" w14:textId="7F36F84C" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008C0B6C" w:rsidP="00E86C7E">
+                      <w:p w14:paraId="66311E12" w14:textId="7DCF9282" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008C0B6C" w:rsidP="00E86C7E">
                         <w:pPr>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>Copyright, 202</w:t>
                         </w:r>
-                        <w:r w:rsidR="00B6232D">
+                        <w:r w:rsidR="00BC60AA">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>5</w:t>
+                          <w:t>6</w:t>
                         </w:r>
                         <w:r w:rsidR="008704A8" w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> by the authors. Published by </w:t>
                         </w:r>
                         <w:r w:rsidR="0011749E">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Pinnacle Science </w:t>
                         </w:r>
                         <w:r w:rsidR="008704A8" w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
@@ -1302,149 +1318,159 @@
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>International License. To view a copy of this</w:t>
                         </w:r>
                         <w:r w:rsidR="008704A8" w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> license, visit http://creativecommons.org/licenses/by/4.0/</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="214D8DB3" w14:textId="38E1507C" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="5DD27CF1" w14:textId="26C96FBA" w:rsidR="008D31FD" w:rsidRDefault="00F81522" w:rsidP="008704A8">
+                      <w:p w14:paraId="5DD27CF1" w14:textId="6EEA77DD" w:rsidR="008D31FD" w:rsidRDefault="00F81522" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve">Research in </w:t>
                         </w:r>
                         <w:r w:rsidR="00A1684F">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>Therapeutic Sciences</w:t>
                         </w:r>
                         <w:r w:rsidR="00DF5915">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve">: </w:t>
                         </w:r>
                         <w:r w:rsidR="008C0B6C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>202</w:t>
                         </w:r>
-                        <w:r w:rsidR="00B6232D">
+                        <w:r w:rsidR="00BC60AA">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>5</w:t>
+                          <w:t>6</w:t>
                         </w:r>
                         <w:r w:rsidR="008C0B6C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve">, Volume </w:t>
                         </w:r>
-                        <w:r w:rsidR="00B6232D">
+                        <w:r w:rsidR="00BC60AA">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>4</w:t>
+                          <w:t>5</w:t>
                         </w:r>
                         <w:r w:rsidR="008C0B6C">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t xml:space="preserve"> (Issue 1</w:t>
                         </w:r>
                         <w:r w:rsidR="008D31FD" w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>): X</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="136467ED" w14:textId="0DF3AC64" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="25268043" w14:textId="10DF6242" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
+                      <w:p w14:paraId="520A336D" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="008704A8">
+                        <w:pPr>
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                            <w:i/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                      </w:p>
+                      <w:p w14:paraId="25268043" w14:textId="78B4FAE6" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="003534D4">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>ISSN 2837-5033</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1D59629A" w14:textId="77777777" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
@@ -1486,381 +1512,361 @@
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="26"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008704A8">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
                             <w:b/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="26"/>
                           </w:rPr>
                           <w:t>Open Access</w:t>
                         </w:r>
                       </w:p>
                     </w:txbxContent>
                   </v:textbox>
                 </v:rect>
                 <w10:wrap type="square" anchorx="margin" anchory="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="37D31E53" w14:textId="2C6876EB" w:rsidR="00C518C1" w:rsidRPr="00E86C7E" w:rsidRDefault="00FC192B" w:rsidP="00A736D0">
+      <w:r w:rsidR="00FC192B" w:rsidRPr="00E86C7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3959D423" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
-          <w:szCs w:val="20"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="17F11D91" w14:textId="32F20582" w:rsidR="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Introduction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>The abstract is to be written with the following subheadings</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the sections breaks to look as demonstrated</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The introduction should provide a clear direction for the manuscript. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462C0C12" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Introduction</w:t>
+        <w:t>Methods</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>:</w:t>
+        <w:t>The abstract should be no more than 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="437764E6" w14:textId="6FEAE37D" w:rsidR="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+        <w:t>50 words, and the methods section of the abstract should include primary details about the methodology.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D7E1B6" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Methods</w:t>
+        <w:t>Results</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>: Be</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...26 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> sure to include your main findings </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>0 words and the methods section of the abstract should include primary details about the methodology.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1554FD1E" w14:textId="5CB1B735" w:rsidR="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
+        <w:t xml:space="preserve">supported with data and the appropriate statistical analysis. The abstract results should be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>followed by a clear conclusion statement. The M ± SD for all variables should be presented clearly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and accurately </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> p-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>values</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFACE6B" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:ind w:left="2070" w:right="-144"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Results</w:t>
+        <w:t>Conclusions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: Be</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> sure to include your main findings </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Do not add </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">supported with data and the appropriate statistical analysis. The abstract results should be </w:t>
-[...22 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">extra </w:t>
+      </w:r>
       <w:r w:rsidRPr="00457859">
-        <w:rPr>
-[...44 lines deleted...]
-      <w:r w:rsidR="00EB3261" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>spaces between subheadings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provide a clear statement to support the main findings of the results. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C59ED2F" w14:textId="77777777" w:rsidR="00A736D0" w:rsidRPr="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
       <w:pPr>
         <w:ind w:left="1440" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
@@ -1892,80 +1898,60 @@
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Key W</w:t>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ords</w:t>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Provide three </w:t>
-[...9 lines deleted...]
-        <w:t>ke</w:t>
+        <w:t>: Provide three ke</w:t>
       </w:r>
       <w:r w:rsidR="00BB3F86">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ys</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> words not used in the title.</w:t>
+        <w:t>ys words not used in the title.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2945E1" w14:textId="4DCEDE0C" w:rsidR="000555B6" w:rsidRPr="00457859" w:rsidRDefault="000555B6" w:rsidP="0006331D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10F44967" w14:textId="01DBFB52" w:rsidR="000917C2" w:rsidRPr="00457859" w:rsidRDefault="009C131E" w:rsidP="00275B80">
       <w:pPr>
         <w:spacing w:line="243" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2444,2972 +2430,2261 @@
         </w:rPr>
         <w:t>additional</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> examples. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F7D2DB9" w14:textId="77777777" w:rsidR="00FC192B" w:rsidRPr="00457859" w:rsidRDefault="00FC192B" w:rsidP="000917C2">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00500680" w14:textId="03C865C9" w:rsidR="001B413F" w:rsidRPr="00457859" w:rsidRDefault="00D51A1A" w:rsidP="00275B80">
+    <w:p w14:paraId="22F5D785" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Scientific </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
+        <w:t>Methods</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C59D72B" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Provide a detailed methods section to outline the scientific approach used to collect data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA05BE6" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BF240C5" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Participants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17ABCAF1" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Explain the subjects and provide a statement explaining how informed consent was given and that the study was passed by an “Institutional Review Board.” </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E09ABB" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34953F51" w14:textId="42A16D08" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Protocol</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAAD001" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide a step-by-step description regarding the protocol of the study. Explain all measurement tools and cite any validation study corresponding to the tool. Measurement tools must be valid and reliable or provide information to support both with appropriate citations. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FFA9E71" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C9D13FD" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Statistical Analysis</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6114C0ED" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provide accurate and appropriate statistical analyses for all reported data. Use correct statistical terminology and ensure that each test matches the structure of the variables being analyzed. State explicitly that an a priori significance level of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C5360D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ≤ 0.05 was used. Please also identify the software utilized to conduct all analyses (e.g., SPSS, R, SAS, or equivalent).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743A3337" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77CBAD21" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Methods</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7DE5C1B3" w14:textId="363D52A3" w:rsidR="001B413F" w:rsidRPr="00457859" w:rsidRDefault="004F719C" w:rsidP="000917C2">
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Results </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBDB768" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a detailed methods section to </w:t>
-[...427 lines deleted...]
-        </w:rPr>
         <w:t>General guidelines for the results section</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="13DA1658" w14:textId="2697C5EE" w:rsidR="00DE15F0" w:rsidRDefault="00E86C7E" w:rsidP="00DE15F0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18320AB1" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A detailed figure legend is required under the table or figure</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">A maximum of 4, </w:t>
-[...38 lines deleted...]
-    <w:p w14:paraId="46A14D67" w14:textId="62754EB1" w:rsidR="00DE15F0" w:rsidRPr="00457859" w:rsidRDefault="00DE15F0" w:rsidP="00DE15F0">
+        <w:t xml:space="preserve"> but is should not be pasted as part of the figure. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D0F015" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">A detailed figure legend is required under the table or </w:t>
-[...42 lines deleted...]
-    <w:p w14:paraId="79A14E04" w14:textId="39F88A99" w:rsidR="00DE15F0" w:rsidRPr="00457859" w:rsidRDefault="00DE15F0" w:rsidP="00DE15F0">
+        <w:t xml:space="preserve">Avoid large tables with excessive data that make it unreasonable to assess and make a judgement as a reader. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34972FEB" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avoid large tables with excessive data that make it unreasonable to assess and make a judgement as a reader. </w:t>
-[...8 lines deleted...]
-        </w:numPr>
+        <w:t xml:space="preserve">Be succinct and direct. The purpose of the research is to accelerate and improve </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the rate of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">scientific discovery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27161F7E" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C2E570" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00867770">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Provide a clear and organized overview of the results, ensuring that all relevant tables and figures are included in this section and placed appropriately within the manuscript. Report data as Means ± Standard Deviation (SD) or Standard Error of the Mean (SEM), as appropriate. When reporting p-values, provide exact values (e.g., p = 0.033) rather than threshold values such as p &lt; 0.05. Authors are also required to report effect size estimates to support the interpretation of statistical findings.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE8CA29" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A063E1" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Be succinct and direct. The purpose of the research is to accelerate and improve </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>The M ± SD for all variables should be presented clearly, rounded to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no more than the nearest tenth. Or whole numbers for values greater than 100. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0224988B" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50FCABE4" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">scientific discovery. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="78937DB7" w14:textId="77777777" w:rsidR="00DE15F0" w:rsidRPr="00457859" w:rsidRDefault="00DE15F0" w:rsidP="00275B80">
+        <w:t xml:space="preserve">Data tables should consist of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>MINIMAL</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formatting</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, centered on the page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Visually, tables should be clear, neat and professionally presented. The example below is ideal formatting for a table published</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the journal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="085B27CB" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C1258AF" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00915C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-      </w:pPr>
+        <w:t>Table 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide an overview of the results and be sure to include your data </w:t>
-[...528 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>. Describe your table.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="PlainTable2"/>
         <w:tblW w:w="6480" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2256"/>
         <w:gridCol w:w="1491"/>
         <w:gridCol w:w="1469"/>
         <w:gridCol w:w="1264"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="7C6B4598" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="00BC60AA" w:rsidRPr="00457859" w14:paraId="2705C941" w14:textId="77777777" w:rsidTr="00A94595">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="329AE7BD" w14:textId="77777777" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="56E1056B" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65C20209" w14:textId="77777777" w:rsidR="00381BB0" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="1199BD87" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Untrained </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB90D61" w14:textId="5ED5054F" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="5208ADD9" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(n = 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2D399313" w14:textId="77777777" w:rsidR="00381BB0" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="32023473" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Trained </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05434CA2" w14:textId="14CBFE8C" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="19A2F8B8" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(n = 10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70F0EEA3" w14:textId="77777777" w:rsidR="00381BB0" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="1C2C75A0" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Elite </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01DFA937" w14:textId="65FFE2BE" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="70A9393D" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(n =10)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="2B624BB3" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="00BC60AA" w:rsidRPr="00457859" w14:paraId="55BA4B37" w14:textId="77777777" w:rsidTr="00A94595">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A59D547" w14:textId="43CB3521" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="00381BB0" w:rsidP="00381BB0">
+          <w:p w14:paraId="24069244" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heart </w:t>
+              <w:t xml:space="preserve">Heart Rate </w:t>
             </w:r>
-            <w:r w:rsidR="0001465B" w:rsidRPr="00457859">
-[...8 lines deleted...]
-            <w:r w:rsidR="0001465B" w:rsidRPr="00457859">
+            <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(BPM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2357D558" w14:textId="2B912126" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="2B25F167" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BA04E8E" w14:textId="15E1F7CE" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="69AAC6D2" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4FF2A9A0" w14:textId="3018C603" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="579A4E4A" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="3A28B60B" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="00BC60AA" w:rsidRPr="00457859" w14:paraId="0974F8AA" w14:textId="77777777" w:rsidTr="00A94595">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74FECD11" w14:textId="7E7E7E39" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="66E4711E" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mile Time</w:t>
             </w:r>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t xml:space="preserve"> (mins)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E0E0A79" w14:textId="25D82328" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="64D47A91" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2BB4A331" w14:textId="2585D966" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="466EF161" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BE5638B" w14:textId="41713DDA" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="292EF4E0" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00275B80" w:rsidRPr="00457859" w14:paraId="55F075C2" w14:textId="77777777" w:rsidTr="00062A7D">
+      <w:tr w:rsidR="00BC60AA" w:rsidRPr="00457859" w14:paraId="440FA3F4" w14:textId="77777777" w:rsidTr="00A94595">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="206"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="2256" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46DCA913" w14:textId="678254C1" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="00381BB0">
+          <w:p w14:paraId="67744994" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>BMI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1491" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A4F1905" w14:textId="2D8ECD0C" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="733798F7" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1469" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="677F837F" w14:textId="69FCC4FE" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="36F432A4" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1264" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21E47F32" w14:textId="305EA917" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0001465B">
+          <w:p w14:paraId="5147A19B" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00A94595">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00457859">
               <w:rPr>
                 <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M ± SD*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="32530627" w14:textId="6CDC00F4" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0006331D">
+    <w:p w14:paraId="2711B005" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Data are Means ± SD</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F1D787E" w14:textId="42C3536D" w:rsidR="0001465B" w:rsidRPr="00457859" w:rsidRDefault="0001465B" w:rsidP="0006331D">
+    <w:p w14:paraId="6C9A6444" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">*Significantly greater than untrained and trained participants, </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0.004</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30D87C8A" w14:textId="77777777" w:rsidR="00794839" w:rsidRPr="00457859" w:rsidRDefault="00794839" w:rsidP="0006331D">
+    <w:p w14:paraId="7A05643C" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E371620" w14:textId="77777777" w:rsidR="00794839" w:rsidRPr="00457859" w:rsidRDefault="00794839" w:rsidP="000B38C3">
+    <w:p w14:paraId="3BE3426A" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B3D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Graphs may be created in any software and copied into the journal template</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, centered on the page</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B3D9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. Please ensure they remain clear, readable, and appropriately sized after being pasted into the document. If images are used instead of generated graphs, they must be high-resolution to ensure print quality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1877B6A6" w14:textId="3F082E27" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00BC60AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37DF5B92" wp14:editId="45DC0698">
+            <wp:extent cx="2749691" cy="2063856"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="532229904" name="Picture 1" descr="A graph with a bar and bar line&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="532229904" name="Picture 1" descr="A graph with a bar and bar line&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2749691" cy="2063856"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F85FD1" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00915C55">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Describe your </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">figure. *Indicates significance, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0.004</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB424AF" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B859426" w14:textId="3380C937" w:rsidR="00BC60AA" w:rsidRPr="00867770" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Discussion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="788BA815" w14:textId="32F43CE2" w:rsidR="00B070B9" w:rsidRDefault="00794839" w:rsidP="000B38C3">
+    <w:p w14:paraId="2E9159D6" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide a clear and succinct </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>Provide a clear and succinct discussion and explain the application of the findings. Confirm or disconfirm any key findings with research supported by citations. The final 1-2 sentences should provide a scientifically direct conclusion. The journal urges authors to avoid statements such as “additional research is warranted.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19302D07" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683C278D" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conclusions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C64D66" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00A77A5F" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A77A5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Create a clear and concise statement regarding the overall findings of the research. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60942196" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DD96809" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Acknowledgements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0878F45E" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Add acknowledgements here</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23437E7C" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F5827B2" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00AA4563" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Conflict of Interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23F7D0E6" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00AA4563" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA4563">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>If no conflicts exist, individuals should clearly state, “The authors declare no conflicts of interest.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7515DD7F" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62DF3816" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...33 lines deleted...]
-    <w:p w14:paraId="5ED06EF6" w14:textId="17D094D5" w:rsidR="007E4B28" w:rsidRDefault="007E4B28" w:rsidP="000B38C3">
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28779403" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="649A4974" w14:textId="77777777" w:rsidR="007E4B28" w:rsidRDefault="007E4B28" w:rsidP="007E4B28">
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please use the AMA/JAMA 11th edition citation style for all references. The JAMA format is available in EndNote. In-text citations should appear as superscript numbers placed immediately after the referenced material, positioned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the period at the end of the sentence. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Example, Johnson et al. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, found </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>xyz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Generally, 15 references should be utilized to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specifically support all parts of the study</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the results. The journal </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>encourages</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">authors to avoid excessive </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">citations. Please provide the most important and most up-to-date references. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E75FFC6" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:b/>
-[...460 lines deleted...]
-    <w:p w14:paraId="39E22860" w14:textId="0A083EF8" w:rsidR="00F25723" w:rsidRPr="00457859" w:rsidRDefault="00CB5493" w:rsidP="000B38C3">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FE209BF" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Johnson J</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Johnson J, Johnson B, Stella CA. Maximum distance and performance measures in football. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">J </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Exerc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nutr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> B, </w:t>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Stella</w:t>
-[...72 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2017;1(1)</w:t>
       </w:r>
-      <w:r w:rsidR="00F17852">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Doi: 101010202012.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19072984" w14:textId="3CB330ED" w:rsidR="00F17852" w:rsidRPr="00457859" w:rsidRDefault="00CB5493" w:rsidP="00F17852">
+    <w:p w14:paraId="7D9CD4C7" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Sauderbach</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004D0D5E" w:rsidRPr="00457859">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Dell</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> J, </w:t>
+        <w:t xml:space="preserve"> CA, Dell DD, Fountain J, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Boicka</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="004D0D5E" w:rsidRPr="00457859">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Slavia</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> TA, </w:t>
+        <w:t xml:space="preserve"> GJ, Slavia TA, Colin M. Function nutrients and protein ingestion. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Res Health Sci</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> M. </w:t>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Function nutrients and protein ingestion</w:t>
-[...48 lines deleted...]
-      <w:r w:rsidR="00F17852">
+        <w:t xml:space="preserve"> 2018;1(2)</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Doi: 10101020201342.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C10CEBB" w14:textId="0A683B95" w:rsidR="00FC192B" w:rsidRPr="00457859" w:rsidRDefault="00FC192B" w:rsidP="00F17852">
+    <w:p w14:paraId="049BC1D2" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="563DD7CC" w14:textId="35504AB2" w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidRDefault="002D5236" w:rsidP="00884AB2">
+    <w:p w14:paraId="66673B93" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A0AA3EE" w14:textId="551C0F5C" w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidRDefault="002D5236" w:rsidP="00884AB2">
+    <w:p w14:paraId="21656FA3" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="4B789602" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0AA3EE" w14:textId="551C0F5C" w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidRDefault="002D5236" w:rsidP="00BC60AA">
+      <w:pPr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:sectPr w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidSect="00ED6B60">
-      <w:headerReference w:type="default" r:id="rId10"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId14"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1584" w:right="1584" w:bottom="1584" w:left="1584" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="078B2F4A" w14:textId="77777777" w:rsidR="00F620F2" w:rsidRDefault="00F620F2" w:rsidP="000F0355">
+    <w:p w14:paraId="270BD2CE" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AFD955A" w14:textId="77777777" w:rsidR="00F620F2" w:rsidRDefault="00F620F2" w:rsidP="000F0355">
+    <w:p w14:paraId="05EFCC71" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5656,58 +4931,58 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="948003" cy="303847"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="494D0C99" w14:textId="77777777" w:rsidR="000F0749" w:rsidRDefault="000F0749">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1069E2A1" w14:textId="77777777" w:rsidR="00F620F2" w:rsidRDefault="00F620F2" w:rsidP="000F0355">
+    <w:p w14:paraId="24CD8796" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B5134DF" w14:textId="77777777" w:rsidR="00F620F2" w:rsidRDefault="00F620F2" w:rsidP="000F0355">
+    <w:p w14:paraId="0C2702F5" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FE8574C" w14:textId="57E23C10" w:rsidR="00DF5915" w:rsidRPr="00DF5915" w:rsidRDefault="00DF5915" w:rsidP="00DF5915">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="8460"/>
       </w:tabs>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
       </w:rPr>
@@ -5782,119 +5057,119 @@
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A9C3427" w14:textId="7FC96E5D" w:rsidR="005569D2" w:rsidRDefault="005569D2" w:rsidP="005569D2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:ind w:right="-198"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:noProof/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7D4DA225" w14:textId="12B7E6B0" w:rsidR="000F0749" w:rsidRPr="00F81522" w:rsidRDefault="008C0B6C" w:rsidP="00F17852">
+  <w:p w14:paraId="7D4DA225" w14:textId="78A368F7" w:rsidR="000F0749" w:rsidRPr="00F81522" w:rsidRDefault="008C0B6C" w:rsidP="00F17852">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="9270"/>
       </w:tabs>
       <w:ind w:right="-198"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>202</w:t>
     </w:r>
-    <w:r w:rsidR="00067743">
+    <w:r w:rsidR="00BC60AA">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="000F0749" w:rsidRPr="006621F6">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> Volume </w:t>
     </w:r>
-    <w:r w:rsidR="00067743">
+    <w:r w:rsidR="00BC60AA">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> (Issue 1</w:t>
     </w:r>
     <w:r w:rsidR="000F0749" w:rsidRPr="006621F6">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>): X</w:t>
     </w:r>
     <w:r w:rsidR="000F0749" w:rsidRPr="006621F6">
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
@@ -6463,121 +5738,123 @@
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="547035959">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1386947765">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="376007467">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1451825397">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="357001745">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FC192B"/>
     <w:rsid w:val="0000000E"/>
     <w:rsid w:val="0001465B"/>
     <w:rsid w:val="00016C5A"/>
     <w:rsid w:val="000308A1"/>
+    <w:rsid w:val="00034D88"/>
     <w:rsid w:val="00037862"/>
     <w:rsid w:val="00044B19"/>
     <w:rsid w:val="000555B6"/>
     <w:rsid w:val="00062A7D"/>
     <w:rsid w:val="0006331D"/>
     <w:rsid w:val="00067743"/>
     <w:rsid w:val="000704CD"/>
     <w:rsid w:val="00072C5A"/>
     <w:rsid w:val="000912E2"/>
     <w:rsid w:val="000917C2"/>
     <w:rsid w:val="00097991"/>
     <w:rsid w:val="000B0EDD"/>
     <w:rsid w:val="000B38C3"/>
     <w:rsid w:val="000C3F0A"/>
     <w:rsid w:val="000E29A8"/>
     <w:rsid w:val="000F0355"/>
     <w:rsid w:val="000F0749"/>
     <w:rsid w:val="000F35CE"/>
     <w:rsid w:val="00103B61"/>
     <w:rsid w:val="00110144"/>
     <w:rsid w:val="00110B85"/>
     <w:rsid w:val="00115BF1"/>
     <w:rsid w:val="0011749E"/>
     <w:rsid w:val="0014044E"/>
     <w:rsid w:val="00142B2B"/>
     <w:rsid w:val="00154FE6"/>
     <w:rsid w:val="00165DEC"/>
     <w:rsid w:val="001812AB"/>
     <w:rsid w:val="00187390"/>
     <w:rsid w:val="001939ED"/>
     <w:rsid w:val="001B413F"/>
     <w:rsid w:val="001B6C47"/>
     <w:rsid w:val="001D27DC"/>
     <w:rsid w:val="001F0CCB"/>
     <w:rsid w:val="001F7A68"/>
     <w:rsid w:val="00200E39"/>
     <w:rsid w:val="002135FE"/>
+    <w:rsid w:val="002157B8"/>
     <w:rsid w:val="00220051"/>
     <w:rsid w:val="0022531C"/>
     <w:rsid w:val="0023069D"/>
     <w:rsid w:val="002353E5"/>
     <w:rsid w:val="00236403"/>
     <w:rsid w:val="002404FF"/>
     <w:rsid w:val="00244FDF"/>
     <w:rsid w:val="00246E05"/>
     <w:rsid w:val="00247473"/>
     <w:rsid w:val="00261593"/>
     <w:rsid w:val="00273AC7"/>
     <w:rsid w:val="00275B80"/>
     <w:rsid w:val="00282E68"/>
     <w:rsid w:val="002868D4"/>
     <w:rsid w:val="002902BF"/>
     <w:rsid w:val="00290488"/>
     <w:rsid w:val="00292C19"/>
     <w:rsid w:val="002A0F80"/>
     <w:rsid w:val="002B36DA"/>
     <w:rsid w:val="002C1313"/>
     <w:rsid w:val="002D5236"/>
     <w:rsid w:val="002E0DC3"/>
     <w:rsid w:val="00302F73"/>
     <w:rsid w:val="003151EB"/>
     <w:rsid w:val="003470B3"/>
@@ -6699,50 +5976,51 @@
     <w:rsid w:val="009E1BF9"/>
     <w:rsid w:val="00A0445A"/>
     <w:rsid w:val="00A100CF"/>
     <w:rsid w:val="00A130F4"/>
     <w:rsid w:val="00A15CE7"/>
     <w:rsid w:val="00A1684F"/>
     <w:rsid w:val="00A201CB"/>
     <w:rsid w:val="00A27E7B"/>
     <w:rsid w:val="00A305BD"/>
     <w:rsid w:val="00A3161F"/>
     <w:rsid w:val="00A434CE"/>
     <w:rsid w:val="00A570CF"/>
     <w:rsid w:val="00A736D0"/>
     <w:rsid w:val="00A823B2"/>
     <w:rsid w:val="00AC2A09"/>
     <w:rsid w:val="00AD196D"/>
     <w:rsid w:val="00AF7B99"/>
     <w:rsid w:val="00B061C5"/>
     <w:rsid w:val="00B070B9"/>
     <w:rsid w:val="00B22513"/>
     <w:rsid w:val="00B415F0"/>
     <w:rsid w:val="00B61571"/>
     <w:rsid w:val="00B62274"/>
     <w:rsid w:val="00B6232D"/>
     <w:rsid w:val="00BB3F86"/>
+    <w:rsid w:val="00BC60AA"/>
     <w:rsid w:val="00BC694D"/>
     <w:rsid w:val="00BD07D6"/>
     <w:rsid w:val="00BD652F"/>
     <w:rsid w:val="00BD7FB4"/>
     <w:rsid w:val="00BF07DA"/>
     <w:rsid w:val="00BF0941"/>
     <w:rsid w:val="00C1089C"/>
     <w:rsid w:val="00C177C0"/>
     <w:rsid w:val="00C4403D"/>
     <w:rsid w:val="00C518C1"/>
     <w:rsid w:val="00C5436D"/>
     <w:rsid w:val="00C6779A"/>
     <w:rsid w:val="00C700B2"/>
     <w:rsid w:val="00CB5493"/>
     <w:rsid w:val="00CC34C3"/>
     <w:rsid w:val="00CC4AC9"/>
     <w:rsid w:val="00CC5E58"/>
     <w:rsid w:val="00CC6143"/>
     <w:rsid w:val="00CD4AB9"/>
     <w:rsid w:val="00CE33B5"/>
     <w:rsid w:val="00D02776"/>
     <w:rsid w:val="00D037EE"/>
     <w:rsid w:val="00D10609"/>
     <w:rsid w:val="00D11455"/>
     <w:rsid w:val="00D14244"/>
@@ -7206,50 +6484,51 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7834,59 +7113,59 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="963387732">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -8127,72 +7406,72 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46649A4-B04C-4EE4-A8C4-5DDBA42AD179}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>891</Words>
-  <Characters>5082</Characters>
+  <Words>1031</Words>
+  <Characters>5570</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>142</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5962</CharactersWithSpaces>
+  <CharactersWithSpaces>6515</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>