--- v1 (2026-01-01)
+++ v2 (2026-01-22)
@@ -58,51 +58,73 @@
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>, 2</w:t>
       </w:r>
       <w:r w:rsidR="00FA0A9C" w:rsidRPr="00FA0A9C">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00FA0A9C">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t xml:space="preserve"> font, Garamond font)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA0A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>font</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA0A9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
+        </w:rPr>
+        <w:t>, Garamond font)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3519A79F" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00A77A5F" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A77A5F">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Original Research, Direct Original</w:t>
       </w:r>
       <w:r>
@@ -446,51 +468,51 @@
                                             </a:xfrm>
                                             <a:prstGeom prst="rect">
                                               <a:avLst/>
                                             </a:prstGeom>
                                           </pic:spPr>
                                         </pic:pic>
                                       </a:graphicData>
                                     </a:graphic>
                                   </wp:inline>
                                 </w:drawing>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="19FE6070" w14:textId="77777777" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008D31FD">
                               <w:pPr>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="7FFC9F09" w14:textId="1BCB0C58" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
+                            <w:p w14:paraId="7FFC9F09" w14:textId="6DCFAFF2" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
                               <w:pPr>
                                 <w:contextualSpacing/>
                                 <w:jc w:val="both"/>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>Published</w:t>
                               </w:r>
                               <w:r w:rsidR="004F2E78">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
@@ -518,60 +540,60 @@
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="begin"/>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="separate"/>
                               </w:r>
-                              <w:r w:rsidR="00BC60AA">
+                              <w:r w:rsidR="00A6755D">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:noProof/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>December 1, 2025</w:t>
+                                <w:t>January 5, 2026</w:t>
                               </w:r>
                               <w:r w:rsidRPr="008D31FD">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:i/>
                                   <w:color w:val="000000" w:themeColor="text1"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:fldChar w:fldCharType="end"/>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="7272466C" w14:textId="64580F3D" w:rsidR="00DE65EA" w:rsidRPr="008D31FD" w:rsidRDefault="00DE65EA" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                                   <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="025C7D60" w14:textId="6D81B725" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
@@ -807,67 +829,76 @@
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                                 <w:t>): X</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="136467ED" w14:textId="0DF3AC64" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="520A336D" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
-                            <w:p w14:paraId="25268043" w14:textId="78B4FAE6" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
+                            <w:p w14:paraId="25268043" w14:textId="20A31306" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r w:rsidRPr="003534D4">
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
-                                <w:t>ISSN 2837-5033</w:t>
+                                <w:t xml:space="preserve">ISSN </w:t>
+                              </w:r>
+                              <w:r w:rsidR="00A6755D" w:rsidRPr="00A6755D">
+                                <w:rPr>
+                                  <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                                  <w:i/>
+                                  <w:sz w:val="18"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>3067-4581</w:t>
                               </w:r>
                             </w:p>
                             <w:p w14:paraId="1D59629A" w14:textId="77777777" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="00059029" w14:textId="6FF14693" w:rsidR="007A6CBE" w:rsidRDefault="007A6CBE" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                                   <w:i/>
                                   <w:sz w:val="18"/>
                                   <w:szCs w:val="16"/>
                                 </w:rPr>
                               </w:pPr>
                             </w:p>
                             <w:p w14:paraId="162D6D71" w14:textId="7D5BBD76" w:rsidR="007A6CBE" w:rsidRPr="008D31FD" w:rsidRDefault="007A6CBE" w:rsidP="008704A8">
                               <w:pPr>
                                 <w:rPr>
@@ -1065,51 +1096,51 @@
                                       </a:xfrm>
                                       <a:prstGeom prst="rect">
                                         <a:avLst/>
                                       </a:prstGeom>
                                     </pic:spPr>
                                   </pic:pic>
                                 </a:graphicData>
                               </a:graphic>
                             </wp:inline>
                           </w:drawing>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="19FE6070" w14:textId="77777777" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008D31FD">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="7FFC9F09" w14:textId="1BCB0C58" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
+                      <w:p w14:paraId="7FFC9F09" w14:textId="6DCFAFF2" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="008704A8" w:rsidP="008D31FD">
                         <w:pPr>
                           <w:contextualSpacing/>
                           <w:jc w:val="both"/>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>Published</w:t>
                         </w:r>
                         <w:r w:rsidR="004F2E78">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
@@ -1137,60 +1168,60 @@
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="begin"/>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="separate"/>
                         </w:r>
-                        <w:r w:rsidR="00BC60AA">
+                        <w:r w:rsidR="00A6755D">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:noProof/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>December 1, 2025</w:t>
+                          <w:t>January 5, 2026</w:t>
                         </w:r>
                         <w:r w:rsidRPr="008D31FD">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:i/>
                             <w:color w:val="000000" w:themeColor="text1"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:fldChar w:fldCharType="end"/>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="7272466C" w14:textId="64580F3D" w:rsidR="00DE65EA" w:rsidRPr="008D31FD" w:rsidRDefault="00DE65EA" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
                             <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="025C7D60" w14:textId="6D81B725" w:rsidR="008704A8" w:rsidRPr="008D31FD" w:rsidRDefault="00E86C7E" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
@@ -1426,67 +1457,76 @@
                             <w:szCs w:val="16"/>
                           </w:rPr>
                           <w:t>): X</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="136467ED" w14:textId="0DF3AC64" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="520A336D" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
-                      <w:p w14:paraId="25268043" w14:textId="78B4FAE6" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
+                      <w:p w14:paraId="25268043" w14:textId="20A31306" w:rsidR="003534D4" w:rsidRDefault="003534D4" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r w:rsidRPr="003534D4">
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
-                          <w:t>ISSN 2837-5033</w:t>
+                          <w:t xml:space="preserve">ISSN </w:t>
+                        </w:r>
+                        <w:r w:rsidR="00A6755D" w:rsidRPr="00A6755D">
+                          <w:rPr>
+                            <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
+                            <w:i/>
+                            <w:sz w:val="18"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>3067-4581</w:t>
                         </w:r>
                       </w:p>
                       <w:p w14:paraId="1D59629A" w14:textId="77777777" w:rsidR="00E6227D" w:rsidRDefault="00E6227D" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="00059029" w14:textId="6FF14693" w:rsidR="007A6CBE" w:rsidRDefault="007A6CBE" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="18"/>
                             <w:szCs w:val="16"/>
                           </w:rPr>
                         </w:pPr>
                       </w:p>
                       <w:p w14:paraId="162D6D71" w14:textId="7D5BBD76" w:rsidR="007A6CBE" w:rsidRPr="008D31FD" w:rsidRDefault="007A6CBE" w:rsidP="008704A8">
                         <w:pPr>
                           <w:rPr>
@@ -1705,51 +1745,71 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: Be</w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sure to include your main findings </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">supported with data and the appropriate statistical analysis. The abstract results should be </w:t>
+        <w:t xml:space="preserve">supported </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data and the appropriate statistical analysis. The abstract results should be </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>followed by a clear conclusion statement. The M ± SD for all variables should be presented clearly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and accurately </w:t>
       </w:r>
       <w:r w:rsidRPr="00AA4563">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1822,58 +1882,69 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Do not add </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">extra </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>spaces between subheadings</w:t>
+        <w:t>spaces</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> between subheadings</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> and provide a clear statement to support the main findings of the results. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C59ED2F" w14:textId="77777777" w:rsidR="00A736D0" w:rsidRPr="00A736D0" w:rsidRDefault="00A736D0" w:rsidP="00A736D0">
       <w:pPr>
         <w:ind w:left="1440" w:right="720"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1003BC87" w14:textId="4F9B9DE8" w:rsidR="00D94FD3" w:rsidRPr="00457859" w:rsidRDefault="002353E5" w:rsidP="00BB3F86">
@@ -1898,60 +1969,80 @@
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Key W</w:t>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ords</w:t>
       </w:r>
       <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>: Provide three ke</w:t>
+        <w:t xml:space="preserve">: Provide three </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FC192B" w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ke</w:t>
       </w:r>
       <w:r w:rsidR="00BB3F86">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ys words not used in the title.</w:t>
+        <w:t>ys</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BB3F86">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> words not used in the title.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B2945E1" w14:textId="4DCEDE0C" w:rsidR="000555B6" w:rsidRPr="00457859" w:rsidRDefault="000555B6" w:rsidP="0006331D">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="10F44967" w14:textId="01DBFB52" w:rsidR="000917C2" w:rsidRPr="00457859" w:rsidRDefault="009C131E" w:rsidP="00275B80">
       <w:pPr>
         <w:spacing w:line="243" w:lineRule="atLeast"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2123,67 +2214,78 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D51A1A" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Then, provide</w:t>
       </w:r>
       <w:r w:rsidR="00596BB5" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F20153" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>concise</w:t>
       </w:r>
       <w:r w:rsidR="00596BB5" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> purpose statement at the end</w:t>
+        <w:t xml:space="preserve"> purpose</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00596BB5" w:rsidRPr="00457859">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> statement at the end</w:t>
       </w:r>
       <w:r w:rsidR="00915C55">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the final paragraph</w:t>
       </w:r>
       <w:r w:rsidR="00596BB5" w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BBD7F7" w14:textId="77777777" w:rsidR="00EB3261" w:rsidRPr="00457859" w:rsidRDefault="00EB3261" w:rsidP="000917C2">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2646,51 +2748,91 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Statistical Analysis</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6114C0ED" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D1812">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Provide accurate and appropriate statistical analyses for all reported data. Use correct statistical terminology and ensure that each test matches the structure of the variables being analyzed. State explicitly that an a priori significance level of </w:t>
+        <w:t xml:space="preserve">Provide accurate and appropriate statistical analyses for all reported data. Use </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>correct</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> statistical terminology and ensure that each test matches the structure of the variables being analyzed. State explicitly that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>an a</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D1812">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> priori significance level of </w:t>
       </w:r>
       <w:r w:rsidRPr="00C5360D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="003D1812">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ≤ 0.05 was used. Please also identify the software utilized to conduct all analyses (e.g., SPSS, R, SAS, or equivalent).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="743A3337" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
@@ -2768,51 +2910,71 @@
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A detailed figure legend is required under the table or figure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> but is should not be pasted as part of the figure. </w:t>
+        <w:t xml:space="preserve"> but </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should not be pasted as part of the figure. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D0F015" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3773,50 +3935,51 @@
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. Please ensure they remain clear, readable, and appropriately sized after being pasted into the document. If images are used instead of generated graphs, they must be high-resolution to ensure print quality.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1877B6A6" w14:textId="3F082E27" w:rsidR="00BC60AA" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC60AA">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:b/>
+          <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="37DF5B92" wp14:editId="45DC0698">
             <wp:extent cx="2749691" cy="2063856"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="532229904" name="Picture 1" descr="A graph with a bar and bar line&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="532229904" name="Picture 1" descr="A graph with a bar and bar line&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
@@ -4183,51 +4346,71 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28779403" w14:textId="77777777" w:rsidR="00BC60AA" w:rsidRPr="00457859" w:rsidRDefault="00BC60AA" w:rsidP="00BC60AA">
       <w:pPr>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9169D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please use the AMA/JAMA 11th edition citation style for all references. The JAMA format is available in EndNote. In-text citations should appear as superscript numbers placed immediately after the referenced material, positioned </w:t>
+        <w:t xml:space="preserve">Please use the AMA/JAMA 11th edition citation style for all references. The JAMA format is available </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B9169D">
+        <w:rPr>
+          <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> EndNote. In-text citations should appear as superscript numbers placed immediately after the referenced material, positioned </w:t>
       </w:r>
       <w:r w:rsidRPr="00B9169D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
       <w:r w:rsidRPr="00B9169D">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> the period at the end of the sentence. </w:t>
       </w:r>
       <w:r w:rsidRPr="00457859">
         <w:rPr>
           <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -4633,58 +4816,58 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D5236" w:rsidRPr="00457859" w:rsidSect="00ED6B60">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1584" w:right="1584" w:bottom="1584" w:left="1584" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="270BD2CE" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
+    <w:p w14:paraId="4571528F" w14:textId="77777777" w:rsidR="001542A8" w:rsidRDefault="001542A8" w:rsidP="000F0355">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05EFCC71" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
+    <w:p w14:paraId="6C8F2E53" w14:textId="77777777" w:rsidR="001542A8" w:rsidRDefault="001542A8" w:rsidP="000F0355">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -4931,58 +5114,58 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="948003" cy="303847"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="494D0C99" w14:textId="77777777" w:rsidR="000F0749" w:rsidRDefault="000F0749">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="24CD8796" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
+    <w:p w14:paraId="610CA0ED" w14:textId="77777777" w:rsidR="001542A8" w:rsidRDefault="001542A8" w:rsidP="000F0355">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0C2702F5" w14:textId="77777777" w:rsidR="00034D88" w:rsidRDefault="00034D88" w:rsidP="000F0355">
+    <w:p w14:paraId="1154B270" w14:textId="77777777" w:rsidR="001542A8" w:rsidRDefault="001542A8" w:rsidP="000F0355">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6FE8574C" w14:textId="57E23C10" w:rsidR="00DF5915" w:rsidRPr="00DF5915" w:rsidRDefault="00DF5915" w:rsidP="00DF5915">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="8460"/>
       </w:tabs>
       <w:ind w:left="-360"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Times New Roman"/>
         <w:i/>
         <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
         <w:sz w:val="18"/>
       </w:rPr>
@@ -5741,51 +5924,51 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="547035959">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1386947765">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="376007467">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1451825397">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="357001745">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -5798,50 +5981,51 @@
     <w:rsid w:val="00037862"/>
     <w:rsid w:val="00044B19"/>
     <w:rsid w:val="000555B6"/>
     <w:rsid w:val="00062A7D"/>
     <w:rsid w:val="0006331D"/>
     <w:rsid w:val="00067743"/>
     <w:rsid w:val="000704CD"/>
     <w:rsid w:val="00072C5A"/>
     <w:rsid w:val="000912E2"/>
     <w:rsid w:val="000917C2"/>
     <w:rsid w:val="00097991"/>
     <w:rsid w:val="000B0EDD"/>
     <w:rsid w:val="000B38C3"/>
     <w:rsid w:val="000C3F0A"/>
     <w:rsid w:val="000E29A8"/>
     <w:rsid w:val="000F0355"/>
     <w:rsid w:val="000F0749"/>
     <w:rsid w:val="000F35CE"/>
     <w:rsid w:val="00103B61"/>
     <w:rsid w:val="00110144"/>
     <w:rsid w:val="00110B85"/>
     <w:rsid w:val="00115BF1"/>
     <w:rsid w:val="0011749E"/>
     <w:rsid w:val="0014044E"/>
     <w:rsid w:val="00142B2B"/>
+    <w:rsid w:val="001542A8"/>
     <w:rsid w:val="00154FE6"/>
     <w:rsid w:val="00165DEC"/>
     <w:rsid w:val="001812AB"/>
     <w:rsid w:val="00187390"/>
     <w:rsid w:val="001939ED"/>
     <w:rsid w:val="001B413F"/>
     <w:rsid w:val="001B6C47"/>
     <w:rsid w:val="001D27DC"/>
     <w:rsid w:val="001F0CCB"/>
     <w:rsid w:val="001F7A68"/>
     <w:rsid w:val="00200E39"/>
     <w:rsid w:val="002135FE"/>
     <w:rsid w:val="002157B8"/>
     <w:rsid w:val="00220051"/>
     <w:rsid w:val="0022531C"/>
     <w:rsid w:val="0023069D"/>
     <w:rsid w:val="002353E5"/>
     <w:rsid w:val="00236403"/>
     <w:rsid w:val="002404FF"/>
     <w:rsid w:val="00244FDF"/>
     <w:rsid w:val="00246E05"/>
     <w:rsid w:val="00247473"/>
     <w:rsid w:val="00261593"/>
     <w:rsid w:val="00273AC7"/>
     <w:rsid w:val="00275B80"/>
@@ -5943,70 +6127,72 @@
     <w:rsid w:val="007C0D35"/>
     <w:rsid w:val="007E19AE"/>
     <w:rsid w:val="007E1B05"/>
     <w:rsid w:val="007E21D9"/>
     <w:rsid w:val="007E2223"/>
     <w:rsid w:val="007E4B28"/>
     <w:rsid w:val="00806189"/>
     <w:rsid w:val="0081077D"/>
     <w:rsid w:val="00846D97"/>
     <w:rsid w:val="0085306D"/>
     <w:rsid w:val="008704A8"/>
     <w:rsid w:val="008758A7"/>
     <w:rsid w:val="0088035B"/>
     <w:rsid w:val="00884AB2"/>
     <w:rsid w:val="008B1593"/>
     <w:rsid w:val="008B7323"/>
     <w:rsid w:val="008C0B6C"/>
     <w:rsid w:val="008D31FD"/>
     <w:rsid w:val="008D67D3"/>
     <w:rsid w:val="008F139C"/>
     <w:rsid w:val="008F7DF9"/>
     <w:rsid w:val="009006EA"/>
     <w:rsid w:val="00901F85"/>
     <w:rsid w:val="00915C55"/>
     <w:rsid w:val="00921C48"/>
+    <w:rsid w:val="00927177"/>
     <w:rsid w:val="009616C1"/>
     <w:rsid w:val="00962CB5"/>
     <w:rsid w:val="009A3D46"/>
     <w:rsid w:val="009A529B"/>
     <w:rsid w:val="009B358C"/>
     <w:rsid w:val="009C131E"/>
     <w:rsid w:val="009C5A2F"/>
     <w:rsid w:val="009C7000"/>
     <w:rsid w:val="009E1BF9"/>
     <w:rsid w:val="00A0445A"/>
     <w:rsid w:val="00A100CF"/>
     <w:rsid w:val="00A130F4"/>
     <w:rsid w:val="00A15CE7"/>
     <w:rsid w:val="00A1684F"/>
     <w:rsid w:val="00A201CB"/>
     <w:rsid w:val="00A27E7B"/>
     <w:rsid w:val="00A305BD"/>
     <w:rsid w:val="00A3161F"/>
     <w:rsid w:val="00A434CE"/>
     <w:rsid w:val="00A570CF"/>
+    <w:rsid w:val="00A6755D"/>
     <w:rsid w:val="00A736D0"/>
     <w:rsid w:val="00A823B2"/>
     <w:rsid w:val="00AC2A09"/>
     <w:rsid w:val="00AD196D"/>
     <w:rsid w:val="00AF7B99"/>
     <w:rsid w:val="00B061C5"/>
     <w:rsid w:val="00B070B9"/>
     <w:rsid w:val="00B22513"/>
     <w:rsid w:val="00B415F0"/>
     <w:rsid w:val="00B61571"/>
     <w:rsid w:val="00B62274"/>
     <w:rsid w:val="00B6232D"/>
     <w:rsid w:val="00BB3F86"/>
     <w:rsid w:val="00BC60AA"/>
     <w:rsid w:val="00BC694D"/>
     <w:rsid w:val="00BD07D6"/>
     <w:rsid w:val="00BD652F"/>
     <w:rsid w:val="00BD7FB4"/>
     <w:rsid w:val="00BF07DA"/>
     <w:rsid w:val="00BF0941"/>
     <w:rsid w:val="00C1089C"/>
     <w:rsid w:val="00C177C0"/>
     <w:rsid w:val="00C4403D"/>
     <w:rsid w:val="00C518C1"/>
     <w:rsid w:val="00C5436D"/>
@@ -6484,51 +6670,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
@@ -7406,72 +7591,72 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E46649A4-B04C-4EE4-A8C4-5DDBA42AD179}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1031</Words>
-  <Characters>5570</Characters>
+  <Words>859</Words>
+  <Characters>5742</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>142</Lines>
-  <Paragraphs>86</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6515</CharactersWithSpaces>
+  <CharactersWithSpaces>6573</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>